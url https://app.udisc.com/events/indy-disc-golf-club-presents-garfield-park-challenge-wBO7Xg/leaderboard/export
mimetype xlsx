--- v0 (2025-10-21)
+++ v1 (2026-01-31)
@@ -2412,200 +2412,203 @@
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
       <c r="AC22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>CHLG</v>
       </c>
       <c r="B23" t="str">
         <v>T16</v>
       </c>
       <c r="C23">
         <v>16</v>
       </c>
       <c r="D23" t="str">
-        <v>Sam Miller</v>
+        <v>Shea Parkes</v>
       </c>
       <c r="E23">
         <v>-3</v>
       </c>
       <c r="F23">
         <v>58</v>
       </c>
+      <c r="G23">
+        <v>319644</v>
+      </c>
       <c r="H23" t="str">
-        <v>hellachillz</v>
+        <v>isamoor</v>
       </c>
       <c r="I23">
         <v>-3</v>
       </c>
       <c r="J23">
         <v>58</v>
       </c>
       <c r="K23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U23">
         <v>3</v>
       </c>
       <c r="V23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W23">
         <v>4</v>
       </c>
       <c r="X23">
         <v>3</v>
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA23">
         <v>2</v>
       </c>
       <c r="AB23">
         <v>2</v>
       </c>
       <c r="AC23">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>CHLG</v>
       </c>
       <c r="B24" t="str">
         <v>T16</v>
       </c>
       <c r="C24">
         <v>16</v>
       </c>
       <c r="D24" t="str">
-        <v>Shea Parkes</v>
+        <v>Sam Miller</v>
       </c>
       <c r="E24">
         <v>-3</v>
       </c>
       <c r="F24">
         <v>58</v>
       </c>
       <c r="H24" t="str">
-        <v>isamoor</v>
+        <v>hellachillz</v>
       </c>
       <c r="I24">
         <v>-3</v>
       </c>
       <c r="J24">
         <v>58</v>
       </c>
       <c r="K24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R24">
         <v>3</v>
       </c>
       <c r="S24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U24">
         <v>3</v>
       </c>
       <c r="V24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W24">
         <v>4</v>
       </c>
       <c r="X24">
         <v>3</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA24">
         <v>2</v>
       </c>
       <c r="AB24">
         <v>2</v>
       </c>
       <c r="AC24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>CHLG</v>
       </c>
       <c r="B25" t="str">
         <v>T24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
         <v>David Martin</v>
       </c>
       <c r="E25">