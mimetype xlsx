--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1248,50 +1248,53 @@
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA4</v>
       </c>
       <c r="B10" t="str">
         <v>T1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
         <v>Cody Johnston</v>
       </c>
       <c r="E10">
         <v>4</v>
       </c>
       <c r="F10">
         <v>67</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
+      <c r="H10">
+        <v>317599</v>
+      </c>
       <c r="I10" t="str">
         <v>that1ss</v>
       </c>
       <c r="J10">
         <v>4</v>
       </c>
       <c r="K10">
         <v>67</v>
       </c>
       <c r="L10">
         <v>5</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">