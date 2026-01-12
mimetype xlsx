--- v1 (2025-11-09)
+++ v2 (2026-01-12)
@@ -807,203 +807,206 @@
       </c>
       <c r="Z4">
         <v>4</v>
       </c>
       <c r="AA4">
         <v>4</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA3</v>
       </c>
       <c r="B5" t="str">
         <v>T2</v>
       </c>
       <c r="C5">
         <v>2</v>
       </c>
       <c r="D5" t="str">
-        <v>Donald Akens</v>
+        <v>Marcus Foster</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>63</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
+      <c r="H5">
+        <v>318836</v>
+      </c>
       <c r="I5" t="str">
-        <v>donjuan1226</v>
+        <v>swampsquatch</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>63</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>4</v>
       </c>
       <c r="V5">
         <v>4</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>6</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>5</v>
       </c>
       <c r="AA5">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
       <c r="AC5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA3</v>
       </c>
       <c r="B6" t="str">
         <v>T2</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
       <c r="D6" t="str">
-        <v>Marcus Foster</v>
+        <v>Donald Akens</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>63</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="I6" t="str">
-        <v>swampsquatch</v>
+        <v>donjuan1226</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
         <v>63</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
         <v>4</v>
       </c>
       <c r="V6">
         <v>4</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>6</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>5</v>
       </c>
       <c r="AA6">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
       <c r="AC6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
         <v>Josh haywood</v>
       </c>
       <c r="E7">
         <v>4</v>
       </c>
       <c r="F7">
@@ -1161,50 +1164,53 @@
       <c r="AB8">
         <v>5</v>
       </c>
       <c r="AC8">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA3</v>
       </c>
       <c r="B9" t="str">
         <v>DUP</v>
       </c>
       <c r="D9" t="str">
         <v>Marcus Foster</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
         <v>64</v>
       </c>
       <c r="G9">
         <v>2</v>
+      </c>
+      <c r="H9">
+        <v>318836</v>
       </c>
       <c r="I9" t="str">
         <v>swampsquatch</v>
       </c>
       <c r="J9">
         <v>1</v>
       </c>
       <c r="K9">
         <v>64</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>