--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1248,50 +1248,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA4</v>
       </c>
       <c r="B10" t="str">
         <v>3</v>
       </c>
       <c r="C10">
         <v>3</v>
       </c>
       <c r="D10" t="str">
         <v>Cody Johnston</v>
       </c>
       <c r="E10">
         <v>11</v>
       </c>
       <c r="F10">
         <v>73</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
+      <c r="H10">
+        <v>317599</v>
+      </c>
       <c r="I10" t="str">
         <v>that1ss</v>
       </c>
       <c r="J10">
         <v>11</v>
       </c>
       <c r="K10">
         <v>73</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>5</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">