--- v1 (2025-11-09)
+++ v2 (2026-01-12)
@@ -818,50 +818,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA3</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Marcus Foster</v>
       </c>
       <c r="E5">
         <v>-1</v>
       </c>
       <c r="F5">
         <v>61</v>
       </c>
       <c r="G5">
         <v>2</v>
       </c>
+      <c r="H5">
+        <v>318836</v>
+      </c>
       <c r="I5" t="str">
         <v>swampsquatch</v>
       </c>
       <c r="J5">
         <v>-1</v>
       </c>
       <c r="K5">
         <v>61</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>5</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
@@ -989,50 +992,53 @@
       <c r="AB6">
         <v>4</v>
       </c>
       <c r="AC6">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>DUP</v>
       </c>
       <c r="D7" t="str">
         <v>Marcus Foster</v>
       </c>
       <c r="E7">
         <v>11</v>
       </c>
       <c r="F7">
         <v>73</v>
       </c>
       <c r="G7">
         <v>1</v>
+      </c>
+      <c r="H7">
+        <v>318836</v>
       </c>
       <c r="I7" t="str">
         <v>swampsquatch</v>
       </c>
       <c r="J7">
         <v>11</v>
       </c>
       <c r="K7">
         <v>73</v>
       </c>
       <c r="L7">
         <v>5</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
         <v>5</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>