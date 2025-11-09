--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1945,50 +1945,53 @@
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA4</v>
       </c>
       <c r="B18" t="str">
         <v>4</v>
       </c>
       <c r="C18">
         <v>4</v>
       </c>
       <c r="D18" t="str">
         <v>Cody Johnston</v>
       </c>
       <c r="E18">
         <v>15</v>
       </c>
       <c r="F18">
         <v>72</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
+      <c r="H18">
+        <v>317599</v>
+      </c>
       <c r="I18" t="str">
         <v>that1ss</v>
       </c>
       <c r="J18">
         <v>15</v>
       </c>
       <c r="K18">
         <v>72</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">