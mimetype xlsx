--- v1 (2025-11-09)
+++ v2 (2026-01-12)
@@ -904,50 +904,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA3</v>
       </c>
       <c r="B6" t="str">
         <v>T1</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="str">
         <v>Marcus Foster</v>
       </c>
       <c r="E6">
         <v>-6</v>
       </c>
       <c r="F6">
         <v>51</v>
       </c>
       <c r="G6">
         <v>2</v>
       </c>
+      <c r="H6">
+        <v>318836</v>
+      </c>
       <c r="I6" t="str">
         <v>swampsquatch</v>
       </c>
       <c r="J6">
         <v>-6</v>
       </c>
       <c r="K6">
         <v>51</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
@@ -1600,50 +1603,53 @@
       <c r="AB13">
         <v>4</v>
       </c>
       <c r="AC13">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA3</v>
       </c>
       <c r="B14" t="str">
         <v>DUP</v>
       </c>
       <c r="D14" t="str">
         <v>Marcus Foster</v>
       </c>
       <c r="E14">
         <v>1</v>
       </c>
       <c r="F14">
         <v>58</v>
       </c>
       <c r="G14">
         <v>1</v>
+      </c>
+      <c r="H14">
+        <v>318836</v>
       </c>
       <c r="I14" t="str">
         <v>swampsquatch</v>
       </c>
       <c r="J14">
         <v>1</v>
       </c>
       <c r="K14">
         <v>58</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>