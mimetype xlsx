--- v0 (2025-11-09)
+++ v1 (2026-01-12)
@@ -557,50 +557,53 @@
         <v>hole_18C</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA3</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Marcus Foster</v>
       </c>
       <c r="E2">
         <v>-1</v>
       </c>
       <c r="F2">
         <v>61</v>
       </c>
       <c r="G2">
         <v>2</v>
       </c>
+      <c r="H2">
+        <v>318836</v>
+      </c>
       <c r="I2" t="str">
         <v>swampsquatch</v>
       </c>
       <c r="J2">
         <v>-1</v>
       </c>
       <c r="K2">
         <v>61</v>
       </c>
       <c r="L2">
         <v>4</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>5</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
@@ -639,50 +642,53 @@
       <c r="AB2">
         <v>3</v>
       </c>
       <c r="AC2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA3</v>
       </c>
       <c r="B3" t="str">
         <v>DUP</v>
       </c>
       <c r="D3" t="str">
         <v>Marcus Foster</v>
       </c>
       <c r="E3">
         <v>0</v>
       </c>
       <c r="F3">
         <v>62</v>
       </c>
       <c r="G3">
         <v>1</v>
+      </c>
+      <c r="H3">
+        <v>318836</v>
       </c>
       <c r="I3" t="str">
         <v>swampsquatch</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
       <c r="K3">
         <v>62</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>