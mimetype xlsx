--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -904,50 +904,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA4</v>
       </c>
       <c r="B6" t="str">
         <v>3</v>
       </c>
       <c r="C6">
         <v>3</v>
       </c>
       <c r="D6" t="str">
         <v>Cody Johnston</v>
       </c>
       <c r="E6">
         <v>-2</v>
       </c>
       <c r="F6">
         <v>53</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
+      <c r="H6">
+        <v>317599</v>
+      </c>
       <c r="I6" t="str">
         <v>that1ss</v>
       </c>
       <c r="J6">
         <v>-2</v>
       </c>
       <c r="K6">
         <v>53</v>
       </c>
       <c r="L6">
         <v>5</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">