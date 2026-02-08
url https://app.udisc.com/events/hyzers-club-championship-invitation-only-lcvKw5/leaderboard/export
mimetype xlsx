--- v0 (2025-12-13)
+++ v1 (2026-02-08)
@@ -2157,50 +2157,53 @@
         <v>79</v>
       </c>
       <c r="L29">
         <v>70</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA4</v>
       </c>
       <c r="B30" t="str">
         <v>9</v>
       </c>
       <c r="C30">
         <v>9</v>
       </c>
       <c r="D30" t="str">
         <v>Michael Hoang</v>
       </c>
       <c r="E30">
         <v>30</v>
       </c>
       <c r="F30">
         <v>152</v>
       </c>
+      <c r="G30">
+        <v>320645</v>
+      </c>
       <c r="H30" t="str">
         <v>mhoang</v>
       </c>
       <c r="I30">
         <v>15</v>
       </c>
       <c r="J30">
         <v>15</v>
       </c>
       <c r="K30">
         <v>76</v>
       </c>
       <c r="L30">
         <v>76</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA4</v>
       </c>
       <c r="B31" t="str">
         <v>10</v>
       </c>
       <c r="C31">
         <v>10</v>
@@ -7502,50 +7505,53 @@
         <v>4</v>
       </c>
       <c r="AB28">
         <v>6</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA4</v>
       </c>
       <c r="B29" t="str">
         <v>8</v>
       </c>
       <c r="C29">
         <v>8</v>
       </c>
       <c r="D29" t="str">
         <v>Michael Hoang</v>
       </c>
       <c r="E29">
         <v>15</v>
       </c>
       <c r="F29">
         <v>76</v>
       </c>
+      <c r="G29">
+        <v>320645</v>
+      </c>
       <c r="H29" t="str">
         <v>mhoang</v>
       </c>
       <c r="I29">
         <v>15</v>
       </c>
       <c r="J29">
         <v>76</v>
       </c>
       <c r="K29">
         <v>5</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>4</v>
       </c>
       <c r="N29">
         <v>6</v>
       </c>
       <c r="O29">
         <v>5</v>
       </c>
       <c r="P29">
@@ -10380,50 +10386,53 @@
         <v>4</v>
       </c>
       <c r="AB29">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA4</v>
       </c>
       <c r="B30" t="str">
         <v>9</v>
       </c>
       <c r="C30">
         <v>9</v>
       </c>
       <c r="D30" t="str">
         <v>Michael Hoang</v>
       </c>
       <c r="E30">
         <v>30</v>
       </c>
       <c r="F30">
         <v>152</v>
       </c>
+      <c r="G30">
+        <v>320645</v>
+      </c>
       <c r="H30" t="str">
         <v>mhoang</v>
       </c>
       <c r="I30">
         <v>15</v>
       </c>
       <c r="J30">
         <v>76</v>
       </c>
       <c r="K30">
         <v>4</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>4</v>
       </c>
       <c r="N30">
         <v>4</v>
       </c>
       <c r="O30">
         <v>4</v>
       </c>
       <c r="P30">