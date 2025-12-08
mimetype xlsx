--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -723,51 +723,51 @@
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Adv</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>James Tremel</v>
       </c>
       <c r="E4">
         <v>4</v>
       </c>
       <c r="F4">
         <v>59</v>
       </c>
       <c r="G4">
         <v>274936</v>
       </c>
       <c r="H4" t="str">
-        <v>forever2nd</v>
+        <v>soggymuphins</v>
       </c>
       <c r="I4">
         <v>4</v>
       </c>
       <c r="J4">
         <v>59</v>
       </c>
       <c r="K4">
         <v>4</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>