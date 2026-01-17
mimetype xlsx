--- v0 (2025-12-27)
+++ v1 (2026-01-17)
@@ -2298,470 +2298,473 @@
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>2</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
       <c r="AC21" t="str">
         <v>X</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>ADV R</v>
       </c>
       <c r="B22" t="str">
         <v>T12</v>
       </c>
       <c r="C22">
         <v>12</v>
       </c>
       <c r="D22" t="str">
-        <v>Jamie Barbee</v>
+        <v xml:space="preserve">Ronnie biers </v>
       </c>
       <c r="E22">
         <v>-4</v>
       </c>
       <c r="F22">
         <v>52</v>
       </c>
       <c r="G22">
-        <v>138702</v>
+        <v>101867</v>
       </c>
       <c r="H22" t="str">
-        <v>jamiebarbee</v>
+        <v>ronnie574</v>
       </c>
       <c r="I22">
         <v>-4</v>
       </c>
       <c r="J22">
         <v>52</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N22">
         <v>2</v>
       </c>
       <c r="O22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T22">
         <v>3</v>
       </c>
       <c r="U22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
         <v>3</v>
       </c>
       <c r="X22">
         <v>3</v>
       </c>
       <c r="Y22">
         <v>2</v>
       </c>
       <c r="Z22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
       <c r="AC22" t="str">
         <v>X</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>ADV R</v>
       </c>
       <c r="B23" t="str">
         <v>T12</v>
       </c>
       <c r="C23">
         <v>12</v>
       </c>
       <c r="D23" t="str">
-        <v>Edgar Villalon</v>
+        <v>Jamie Barbee</v>
       </c>
       <c r="E23">
         <v>-4</v>
       </c>
       <c r="F23">
         <v>52</v>
       </c>
       <c r="G23">
-        <v>162835</v>
+        <v>138702</v>
       </c>
       <c r="H23" t="str">
-        <v>edgar327</v>
+        <v>jamiebarbee</v>
       </c>
       <c r="I23">
         <v>-4</v>
       </c>
       <c r="J23">
         <v>52</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M23">
         <v>4</v>
       </c>
       <c r="N23">
         <v>2</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>2</v>
       </c>
       <c r="Q23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S23">
         <v>3</v>
       </c>
       <c r="T23">
         <v>3</v>
       </c>
       <c r="U23">
         <v>5</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X23">
         <v>3</v>
       </c>
       <c r="Y23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z23">
         <v>2</v>
       </c>
       <c r="AA23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
       <c r="AC23" t="str">
         <v>X</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>ADV R</v>
       </c>
       <c r="B24" t="str">
         <v>T12</v>
       </c>
       <c r="C24">
         <v>12</v>
       </c>
       <c r="D24" t="str">
-        <v>Jeff Carlton</v>
+        <v>Edgar Villalon</v>
       </c>
       <c r="E24">
         <v>-4</v>
       </c>
       <c r="F24">
         <v>52</v>
       </c>
+      <c r="G24">
+        <v>162835</v>
+      </c>
       <c r="H24" t="str">
-        <v>jeffcarlton</v>
+        <v>edgar327</v>
       </c>
       <c r="I24">
         <v>-4</v>
       </c>
       <c r="J24">
         <v>52</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>2</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>2</v>
       </c>
       <c r="Q24">
         <v>2</v>
       </c>
       <c r="R24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T24">
         <v>3</v>
       </c>
       <c r="U24">
         <v>5</v>
       </c>
       <c r="V24">
         <v>3</v>
       </c>
       <c r="W24">
         <v>2</v>
       </c>
       <c r="X24">
         <v>3</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
         <v>3</v>
+      </c>
+      <c r="AC24" t="str">
+        <v>X</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>ADV R</v>
       </c>
       <c r="B25" t="str">
         <v>T12</v>
       </c>
       <c r="C25">
         <v>12</v>
       </c>
       <c r="D25" t="str">
-        <v>Jose Roldan</v>
+        <v>Jeff Carlton</v>
       </c>
       <c r="E25">
         <v>-4</v>
       </c>
       <c r="F25">
         <v>52</v>
       </c>
       <c r="H25" t="str">
-        <v>joseventura</v>
+        <v>jeffcarlton</v>
       </c>
       <c r="I25">
         <v>-4</v>
       </c>
       <c r="J25">
         <v>52</v>
       </c>
       <c r="K25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>2</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
       <c r="U25">
         <v>5</v>
       </c>
       <c r="V25">
         <v>3</v>
       </c>
       <c r="W25">
         <v>2</v>
       </c>
       <c r="X25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB25">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>ADV R</v>
       </c>
       <c r="B26" t="str">
         <v>T12</v>
       </c>
       <c r="C26">
         <v>12</v>
       </c>
       <c r="D26" t="str">
-        <v xml:space="preserve">Ronnie biers </v>
+        <v>Jose Roldan</v>
       </c>
       <c r="E26">
         <v>-4</v>
       </c>
       <c r="F26">
         <v>52</v>
       </c>
       <c r="H26" t="str">
-        <v>ronnie574</v>
+        <v>joseventura</v>
       </c>
       <c r="I26">
         <v>-4</v>
       </c>
       <c r="J26">
         <v>52</v>
       </c>
       <c r="K26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N26">
         <v>2</v>
       </c>
       <c r="O26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>
       <c r="R26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>
       <c r="U26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V26">
         <v>3</v>
       </c>
       <c r="W26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC26" t="str">
-        <v>X</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>ADV R</v>
       </c>
       <c r="B27" t="str">
         <v>T18</v>
       </c>
       <c r="C27">
         <v>18</v>
       </c>
       <c r="D27" t="str">
         <v>Sean Woebkenberg</v>
       </c>
       <c r="E27">
         <v>-3</v>
       </c>
       <c r="F27">
         <v>53</v>
       </c>
       <c r="G27">
         <v>194299</v>
       </c>
       <c r="H27" t="str">