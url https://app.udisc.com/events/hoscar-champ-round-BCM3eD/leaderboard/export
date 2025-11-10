--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -2227,50 +2227,53 @@
         <v>2</v>
       </c>
       <c r="S31">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MJ18</v>
       </c>
       <c r="B32" t="str">
         <v>2</v>
       </c>
       <c r="C32">
         <v>2</v>
       </c>
       <c r="D32" t="str">
         <v>Cooper Laing</v>
       </c>
       <c r="E32">
         <v>2</v>
       </c>
       <c r="F32">
         <v>29</v>
       </c>
+      <c r="G32">
+        <v>317318</v>
+      </c>
       <c r="H32" t="str">
         <v>peekabooiseeyou</v>
       </c>
       <c r="I32">
         <v>2</v>
       </c>
       <c r="J32">
         <v>29</v>
       </c>
       <c r="K32">
         <v>4</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>2</v>
       </c>
       <c r="N32">
         <v>2</v>
       </c>
       <c r="O32">
         <v>4</v>
       </c>
       <c r="P32">