--- v0 (2025-11-19)
+++ v1 (2026-01-23)
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Joseph O'Brien &amp; Nate Brown</v>
       </c>
       <c r="E5">
         <v>-1</v>
       </c>
       <c r="F5">
         <v>54</v>
       </c>
       <c r="H5" t="str">
-        <v>jobrien,nbreezy117</v>
+        <v>jobrien,callmethabreeze</v>
       </c>
       <c r="I5">
         <v>-1</v>
       </c>
       <c r="J5">
         <v>54</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>