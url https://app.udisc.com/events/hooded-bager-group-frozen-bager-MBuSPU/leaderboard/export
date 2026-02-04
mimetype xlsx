--- v0 (2026-01-14)
+++ v1 (2026-02-04)
@@ -1617,50 +1617,53 @@
         <v>4</v>
       </c>
       <c r="AF12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
         <v>11</v>
       </c>
       <c r="G13">
         <v>11</v>
       </c>
       <c r="H13" t="str">
         <v>Allen carlton</v>
       </c>
       <c r="I13">
         <v>2</v>
       </c>
       <c r="J13">
         <v>56</v>
       </c>
+      <c r="K13">
+        <v>171254</v>
+      </c>
       <c r="L13" t="str">
         <v>humbledubz</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
         <v>56</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
         <v>4</v>
       </c>
       <c r="T13">