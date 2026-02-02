--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -2190,51 +2190,51 @@
       <c r="D18">
         <v>2</v>
       </c>
       <c r="E18" t="str">
         <v>HOMIE</v>
       </c>
       <c r="F18" t="str">
         <v>17</v>
       </c>
       <c r="G18">
         <v>17</v>
       </c>
       <c r="H18" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="I18">
         <v>6</v>
       </c>
       <c r="J18">
         <v>65</v>
       </c>
       <c r="K18">
         <v>131392</v>
       </c>
       <c r="L18" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M18">
         <v>6</v>
       </c>
       <c r="N18">
         <v>65</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>2</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
         <v>4</v>
       </c>
       <c r="T18">
         <v>4</v>
       </c>