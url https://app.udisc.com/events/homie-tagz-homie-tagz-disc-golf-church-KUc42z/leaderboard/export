--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -886,51 +886,51 @@
       <c r="D5">
         <v>2</v>
       </c>
       <c r="E5" t="str">
         <v>HOMIE</v>
       </c>
       <c r="F5" t="str">
         <v>T4</v>
       </c>
       <c r="G5">
         <v>4</v>
       </c>
       <c r="H5" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="I5">
         <v>-9</v>
       </c>
       <c r="J5">
         <v>49</v>
       </c>
       <c r="K5">
         <v>131392</v>
       </c>
       <c r="L5" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M5">
         <v>-9</v>
       </c>
       <c r="N5">
         <v>49</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>2</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>