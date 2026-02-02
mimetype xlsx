--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -2279,51 +2279,51 @@
       <c r="D19">
         <v>3</v>
       </c>
       <c r="E19" t="str">
         <v>HOMIE</v>
       </c>
       <c r="F19" t="str">
         <v>T13</v>
       </c>
       <c r="G19">
         <v>13</v>
       </c>
       <c r="H19" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="I19">
         <v>3</v>
       </c>
       <c r="J19">
         <v>61</v>
       </c>
       <c r="K19">
         <v>131392</v>
       </c>
       <c r="L19" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>61</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
         <v>3</v>
       </c>