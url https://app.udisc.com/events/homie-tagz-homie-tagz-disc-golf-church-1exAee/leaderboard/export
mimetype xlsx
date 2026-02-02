--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -1685,51 +1685,51 @@
       <c r="D13">
         <v>3</v>
       </c>
       <c r="E13" t="str">
         <v>HOMIE</v>
       </c>
       <c r="F13" t="str">
         <v>T8</v>
       </c>
       <c r="G13">
         <v>8</v>
       </c>
       <c r="H13" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="I13">
         <v>-4</v>
       </c>
       <c r="J13">
         <v>54</v>
       </c>
       <c r="K13">
         <v>131392</v>
       </c>
       <c r="L13" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M13">
         <v>-4</v>
       </c>
       <c r="N13">
         <v>54</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
         <v>2</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>4</v>
       </c>
       <c r="T13">
         <v>2</v>
       </c>