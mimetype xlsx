--- v0 (2025-10-22)
+++ v1 (2025-12-12)
@@ -726,173 +726,176 @@
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>4</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Kyle Connell</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
         <v>45</v>
       </c>
+      <c r="G5">
+        <v>297917</v>
+      </c>
       <c r="H5" t="str">
-        <v>kconnell</v>
+        <v>lifegibson</v>
       </c>
       <c r="I5">
         <v>6</v>
       </c>
       <c r="J5">
         <v>45</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Life Gibson</v>
+        <v>Kyle Connell</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
         <v>45</v>
       </c>
       <c r="H6" t="str">
-        <v>lifegibson</v>
+        <v>kconnell</v>
       </c>
       <c r="I6">
         <v>6</v>
       </c>
       <c r="J6">
         <v>45</v>
       </c>
       <c r="K6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W6">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
         <v>Vincent Cerletti</v>
       </c>
       <c r="E7">
         <v>6</v>
       </c>
       <c r="F7">
         <v>45</v>
       </c>
       <c r="H7" t="str">
         <v>vinnievincent</v>
       </c>
       <c r="I7">