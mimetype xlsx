--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1173,50 +1173,53 @@
         <v>2</v>
       </c>
       <c r="AB8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Alex Moss</v>
       </c>
       <c r="E9">
         <v>-2</v>
       </c>
       <c r="F9">
         <v>53</v>
       </c>
+      <c r="G9">
+        <v>212897</v>
+      </c>
       <c r="H9" t="str">
         <v>almo84</v>
       </c>
       <c r="I9">
         <v>-2</v>
       </c>
       <c r="J9">
         <v>53</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
@@ -1855,52 +1858,55 @@
         <v>2</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA1</v>
       </c>
       <c r="B17" t="str">
         <v>1</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17" t="str">
         <v>Grant Price</v>
       </c>
       <c r="E17">
         <v>-5</v>
       </c>
       <c r="F17">
         <v>50</v>
       </c>
+      <c r="G17">
+        <v>86047</v>
+      </c>
       <c r="H17" t="str">
-        <v>giantsloth</v>
+        <v>grant005</v>
       </c>
       <c r="I17">
         <v>-5</v>
       </c>
       <c r="J17">
         <v>50</v>
       </c>
       <c r="K17">
         <v>2</v>
       </c>
       <c r="L17">
         <v>2</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>