--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -2025,51 +2025,51 @@
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA1</v>
       </c>
       <c r="B19" t="str">
         <v>T1</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19" t="str">
         <v>Scott Coffman</v>
       </c>
       <c r="E19">
         <v>-6</v>
       </c>
       <c r="F19">
         <v>50</v>
       </c>
       <c r="G19">
         <v>277978</v>
       </c>
       <c r="H19" t="str">
-        <v>bigwheel</v>
+        <v>scooberscott</v>
       </c>
       <c r="I19">
         <v>-6</v>
       </c>
       <c r="J19">
         <v>50</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>