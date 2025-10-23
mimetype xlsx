--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -3855,51 +3855,51 @@
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>MA2</v>
       </c>
       <c r="B40" t="str">
         <v>T17</v>
       </c>
       <c r="C40">
         <v>17</v>
       </c>
       <c r="D40" t="str">
         <v>Scott Coffman</v>
       </c>
       <c r="E40">
         <v>7</v>
       </c>
       <c r="F40">
         <v>61</v>
       </c>
       <c r="G40">
         <v>277978</v>
       </c>
       <c r="H40" t="str">
-        <v>bigwheel</v>
+        <v>scooberscott</v>
       </c>
       <c r="I40">
         <v>7</v>
       </c>
       <c r="J40">
         <v>61</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>3</v>
       </c>
       <c r="M40">
         <v>4</v>
       </c>
       <c r="N40">
         <v>4</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
         <v>3</v>
       </c>