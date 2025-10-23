--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -2390,51 +2390,51 @@
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA1</v>
       </c>
       <c r="B23" t="str">
         <v>7</v>
       </c>
       <c r="C23">
         <v>7</v>
       </c>
       <c r="D23" t="str">
         <v>Scott Coffman</v>
       </c>
       <c r="E23">
         <v>-2</v>
       </c>
       <c r="F23">
         <v>52</v>
       </c>
       <c r="G23">
         <v>277978</v>
       </c>
       <c r="H23" t="str">
-        <v>bigwheel</v>
+        <v>scooberscott</v>
       </c>
       <c r="I23">
         <v>-2</v>
       </c>
       <c r="J23">
         <v>52</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>4</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>