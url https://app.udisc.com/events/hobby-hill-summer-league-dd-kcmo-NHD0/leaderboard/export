--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -2218,51 +2218,51 @@
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA2</v>
       </c>
       <c r="B21" t="str">
         <v>8</v>
       </c>
       <c r="C21">
         <v>8</v>
       </c>
       <c r="D21" t="str">
         <v>Scott Coffman</v>
       </c>
       <c r="E21">
         <v>6</v>
       </c>
       <c r="F21">
         <v>62</v>
       </c>
       <c r="G21">
         <v>277978</v>
       </c>
       <c r="H21" t="str">
-        <v>bigwheel</v>
+        <v>scooberscott</v>
       </c>
       <c r="I21">
         <v>6</v>
       </c>
       <c r="J21">
         <v>62</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>4</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>