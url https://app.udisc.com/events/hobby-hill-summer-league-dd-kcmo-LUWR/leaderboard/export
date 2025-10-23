--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -3600,51 +3600,51 @@
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>MA2</v>
       </c>
       <c r="B37" t="str">
         <v>T12</v>
       </c>
       <c r="C37">
         <v>12</v>
       </c>
       <c r="D37" t="str">
         <v>Scott Coffman</v>
       </c>
       <c r="E37">
         <v>3</v>
       </c>
       <c r="F37">
         <v>58</v>
       </c>
       <c r="G37">
         <v>277978</v>
       </c>
       <c r="H37" t="str">
-        <v>bigwheel</v>
+        <v>scooberscott</v>
       </c>
       <c r="I37">
         <v>3</v>
       </c>
       <c r="J37">
         <v>58</v>
       </c>
       <c r="K37">
         <v>2</v>
       </c>
       <c r="L37">
         <v>2</v>
       </c>
       <c r="M37">
         <v>2</v>
       </c>
       <c r="N37">
         <v>4</v>
       </c>
       <c r="O37">
         <v>2</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>