--- v0 (2025-10-19)
+++ v1 (2026-01-25)
@@ -788,475 +788,475 @@
       </c>
       <c r="W4">
         <v>4</v>
       </c>
       <c r="X4">
         <v>4</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
-        <v>T4</v>
+        <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Leif Sverre Nilsen</v>
+        <v>MortenLognsli</v>
       </c>
       <c r="E5">
-        <v>1</v>
+        <v>-3</v>
       </c>
       <c r="F5">
-        <v>61</v>
+        <v>57</v>
+      </c>
+      <c r="G5">
+        <v>299736</v>
       </c>
       <c r="H5" t="str">
-        <v>leffen</v>
+        <v>mortenlognsli</v>
       </c>
       <c r="I5">
-        <v>1</v>
+        <v>-3</v>
       </c>
       <c r="J5">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
         <v>4</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB5">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
-        <v>T4</v>
+        <v>T5</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Thomas Johnsrud</v>
+        <v>Leif Sverre Nilsen</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>61</v>
       </c>
       <c r="H6" t="str">
-        <v>johnsrud10</v>
+        <v>leffen</v>
       </c>
       <c r="I6">
         <v>1</v>
       </c>
       <c r="J6">
         <v>61</v>
       </c>
       <c r="K6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W6">
         <v>5</v>
       </c>
       <c r="X6">
         <v>4</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
+        <v>T5</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Jonas Andre Grindahl</v>
+        <v>Thomas Johnsrud</v>
       </c>
       <c r="E7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F7">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="H7" t="str">
-        <v>grinnis</v>
+        <v>johnsrud10</v>
       </c>
       <c r="I7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J7">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="K7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W7">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB7">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>MA1</v>
+        <v>MPO</v>
       </c>
       <c r="B8" t="str">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Thomas Hansen</v>
+        <v>Jonas Andre Grindahl</v>
       </c>
       <c r="E8">
-        <v>-6</v>
+        <v>12</v>
       </c>
       <c r="F8">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>180073</v>
+        <v>72</v>
       </c>
       <c r="H8" t="str">
-        <v>thomas1312</v>
+        <v>grinnis</v>
       </c>
       <c r="I8">
-        <v>-6</v>
+        <v>12</v>
       </c>
       <c r="J8">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="K8">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="S8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AB8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA1</v>
       </c>
       <c r="B9" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D9" t="str">
-        <v>MortenLognsli</v>
+        <v>Thomas Hansen</v>
       </c>
       <c r="E9">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="F9">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G9">
-        <v>299736</v>
+        <v>180073</v>
       </c>
       <c r="H9" t="str">
-        <v>mortenlognsli</v>
+        <v>thomas1312</v>
       </c>
       <c r="I9">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="J9">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>4</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>2</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA1</v>
       </c>
       <c r="B10" t="str">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D10" t="str">
         <v>Christopher Babb</v>
       </c>
       <c r="E10">
         <v>2</v>
       </c>
       <c r="F10">
         <v>62</v>
       </c>
       <c r="G10">
         <v>292025</v>
       </c>
       <c r="H10" t="str">
         <v>babb120588</v>
       </c>
       <c r="I10">
         <v>2</v>
       </c>
       <c r="J10">
         <v>62</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
@@ -1295,54 +1295,54 @@
       </c>
       <c r="W10">
         <v>4</v>
       </c>
       <c r="X10">
         <v>4</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA1</v>
       </c>
       <c r="B11" t="str">
-        <v>T4</v>
+        <v>T3</v>
       </c>
       <c r="C11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D11" t="str">
         <v>Kenneth Lid-Lindahl</v>
       </c>
       <c r="E11">
         <v>3</v>
       </c>
       <c r="F11">
         <v>63</v>
       </c>
       <c r="H11" t="str">
         <v>kennethll</v>
       </c>
       <c r="I11">
         <v>3</v>
       </c>
       <c r="J11">
         <v>63</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
@@ -1378,54 +1378,54 @@
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>4</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>5</v>
       </c>
       <c r="AA11">
         <v>4</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA1</v>
       </c>
       <c r="B12" t="str">
-        <v>T4</v>
+        <v>T3</v>
       </c>
       <c r="C12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D12" t="str">
         <v>Rune Engebretsen</v>
       </c>
       <c r="E12">
         <v>3</v>
       </c>
       <c r="F12">
         <v>63</v>
       </c>
       <c r="H12" t="str">
         <v>elektrikkersten</v>
       </c>
       <c r="I12">
         <v>3</v>
       </c>
       <c r="J12">
         <v>63</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
@@ -1461,54 +1461,54 @@
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>4</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>5</v>
       </c>
       <c r="AA12">
         <v>5</v>
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA1</v>
       </c>
       <c r="B13" t="str">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C13">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D13" t="str">
         <v>Torkel Kristensen</v>
       </c>
       <c r="E13">
         <v>7</v>
       </c>
       <c r="F13">
         <v>67</v>
       </c>
       <c r="H13" t="str">
         <v>torkel89</v>
       </c>
       <c r="I13">
         <v>7</v>
       </c>
       <c r="J13">
         <v>67</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>