--- v0 (2025-11-11)
+++ v1 (2026-01-13)
@@ -2046,50 +2046,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>RH MA3</v>
       </c>
       <c r="B19" t="str">
         <v>6</v>
       </c>
       <c r="C19">
         <v>6</v>
       </c>
       <c r="D19" t="str">
         <v>Mark Hall</v>
       </c>
       <c r="E19">
         <v>4</v>
       </c>
       <c r="F19">
         <v>58</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
+      <c r="H19">
+        <v>314869</v>
+      </c>
       <c r="I19" t="str">
         <v>markehall</v>
       </c>
       <c r="J19">
         <v>4</v>
       </c>
       <c r="K19">
         <v>58</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
         <v>2</v>
       </c>
       <c r="Q19">