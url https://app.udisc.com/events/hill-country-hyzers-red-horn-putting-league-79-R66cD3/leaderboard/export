--- v0 (2025-10-20)
+++ v1 (2026-02-08)
@@ -4369,295 +4369,298 @@
       </c>
       <c r="Z45">
         <v>3</v>
       </c>
       <c r="AA45">
         <v>3</v>
       </c>
       <c r="AB45">
         <v>4</v>
       </c>
       <c r="AC45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>RH MA1</v>
       </c>
       <c r="B46" t="str">
         <v>T32</v>
       </c>
       <c r="C46">
         <v>32</v>
       </c>
       <c r="D46" t="str">
-        <v>Garison Kallman</v>
+        <v>Michael hoang</v>
       </c>
       <c r="E46">
         <v>11</v>
       </c>
       <c r="F46">
         <v>65</v>
       </c>
       <c r="G46">
         <v>1</v>
       </c>
+      <c r="H46">
+        <v>320645</v>
+      </c>
       <c r="I46" t="str">
-        <v>konspiracy</v>
+        <v>mhoang</v>
       </c>
       <c r="J46">
         <v>11</v>
       </c>
       <c r="K46">
         <v>65</v>
       </c>
       <c r="L46">
         <v>4</v>
       </c>
       <c r="M46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N46">
         <v>4</v>
       </c>
       <c r="O46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P46">
         <v>4</v>
       </c>
       <c r="Q46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R46">
         <v>4</v>
       </c>
       <c r="S46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U46">
         <v>4</v>
       </c>
       <c r="V46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W46">
         <v>4</v>
       </c>
       <c r="X46">
         <v>3</v>
       </c>
       <c r="Y46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA46">
         <v>4</v>
       </c>
       <c r="AB46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC46">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>RH MA1</v>
       </c>
       <c r="B47" t="str">
         <v>T32</v>
       </c>
       <c r="C47">
         <v>32</v>
       </c>
       <c r="D47" t="str">
-        <v>Grant Godfrey</v>
+        <v>Garison Kallman</v>
       </c>
       <c r="E47">
         <v>11</v>
       </c>
       <c r="F47">
         <v>65</v>
       </c>
       <c r="G47">
         <v>1</v>
       </c>
       <c r="I47" t="str">
-        <v>doublebogeyboyz</v>
+        <v>konspiracy</v>
       </c>
       <c r="J47">
         <v>11</v>
       </c>
       <c r="K47">
         <v>65</v>
       </c>
       <c r="L47">
         <v>4</v>
       </c>
       <c r="M47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P47">
         <v>4</v>
       </c>
       <c r="Q47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R47">
         <v>4</v>
       </c>
       <c r="S47">
         <v>4</v>
       </c>
       <c r="T47">
         <v>4</v>
       </c>
       <c r="U47">
         <v>4</v>
       </c>
       <c r="V47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X47">
         <v>3</v>
       </c>
       <c r="Y47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z47">
         <v>4</v>
       </c>
       <c r="AA47">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC47">
         <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>RH MA1</v>
       </c>
       <c r="B48" t="str">
         <v>T32</v>
       </c>
       <c r="C48">
         <v>32</v>
       </c>
       <c r="D48" t="str">
-        <v>Michael hoang</v>
+        <v>Grant Godfrey</v>
       </c>
       <c r="E48">
         <v>11</v>
       </c>
       <c r="F48">
         <v>65</v>
       </c>
       <c r="G48">
         <v>1</v>
       </c>
       <c r="I48" t="str">
-        <v>mhoang</v>
+        <v>doublebogeyboyz</v>
       </c>
       <c r="J48">
         <v>11</v>
       </c>
       <c r="K48">
         <v>65</v>
       </c>
       <c r="L48">
         <v>4</v>
       </c>
       <c r="M48">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N48">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O48">
         <v>4</v>
       </c>
       <c r="P48">
         <v>4</v>
       </c>
       <c r="Q48">
         <v>4</v>
       </c>
       <c r="R48">
         <v>4</v>
       </c>
       <c r="S48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U48">
         <v>4</v>
       </c>
       <c r="V48">
         <v>4</v>
       </c>
       <c r="W48">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X48">
         <v>3</v>
       </c>
       <c r="Y48">
         <v>3</v>
       </c>
       <c r="Z48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA48">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB48">
         <v>4</v>
       </c>
       <c r="AC48">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>RH MA1</v>
       </c>
       <c r="B49" t="str">
         <v>T35</v>
       </c>
       <c r="C49">
         <v>35</v>
       </c>
       <c r="D49" t="str">
         <v>Erick</v>
       </c>
       <c r="E49">
         <v>13</v>
       </c>
       <c r="F49">
         <v>67</v>
       </c>
       <c r="G49">
         <v>1</v>
       </c>
       <c r="I49" t="str">