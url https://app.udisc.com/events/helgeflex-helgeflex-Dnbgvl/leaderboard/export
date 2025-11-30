--- v0 (2025-11-09)
+++ v1 (2025-11-30)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AG15"/>
+  <dimension ref="A1:AG25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="17.83203125" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="29.83203125" customWidth="1"/>
     <col min="4" max="4" width="34.83203125" customWidth="1"/>
     <col min="5" max="5" width="8.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="20.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="12.83203125" customWidth="1"/>
     <col min="12" max="12" width="11.83203125" customWidth="1"/>
     <col min="13" max="13" width="8.83203125" customWidth="1"/>
     <col min="14" max="14" width="20.83203125" customWidth="1"/>
     <col min="15" max="15" width="17.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -552,364 +552,364 @@
         <v>hole_11</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_12</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_13</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_14</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AG1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2">
-        <v>1</v>
+      <c r="A2" t="str">
+        <v>T1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
         <v>-7</v>
       </c>
       <c r="D2">
-        <v>-25</v>
+        <v>-7</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="G2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="H2" t="str">
-        <v>Torben Yndestad</v>
+        <v>Eivind Århus</v>
       </c>
       <c r="I2">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="J2">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="K2">
+        <v>2</v>
+      </c>
+      <c r="M2" t="str">
+        <v>earhus</v>
+      </c>
+      <c r="N2">
+        <v>0</v>
+      </c>
+      <c r="O2">
+        <v>55</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>3</v>
+      </c>
+      <c r="R2">
+        <v>4</v>
+      </c>
+      <c r="S2">
+        <v>3</v>
+      </c>
+      <c r="T2">
+        <v>4</v>
+      </c>
+      <c r="U2">
+        <v>4</v>
+      </c>
+      <c r="V2">
+        <v>2</v>
+      </c>
+      <c r="W2">
+        <v>3</v>
+      </c>
+      <c r="X2">
+        <v>2</v>
+      </c>
+      <c r="Y2">
+        <v>3</v>
+      </c>
+      <c r="Z2">
+        <v>3</v>
+      </c>
+      <c r="AA2">
+        <v>3</v>
+      </c>
+      <c r="AB2">
+        <v>2</v>
+      </c>
+      <c r="AC2">
+        <v>5</v>
+      </c>
+      <c r="AD2">
+        <v>3</v>
+      </c>
+      <c r="AE2">
+        <v>3</v>
+      </c>
+      <c r="AF2">
         <v>1</v>
-      </c>
-[...58 lines deleted...]
-        <v>3</v>
       </c>
       <c r="AG2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v>T2</v>
+        <v>T1</v>
       </c>
       <c r="B3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C3">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="D3">
-        <v>-1</v>
+        <v>-25</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="G3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H3" t="str">
-        <v>Thomas Gjelseng</v>
+        <v>Torben Yndestad</v>
       </c>
       <c r="I3">
-        <v>-5</v>
+        <v>18</v>
       </c>
       <c r="J3">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="M3" t="str">
-        <v>kl00vn</v>
+        <v>torbenius</v>
       </c>
       <c r="N3">
-        <v>-5</v>
+        <v>18</v>
       </c>
       <c r="O3">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="P3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="U3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Y3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z3">
         <v>4</v>
       </c>
       <c r="AA3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE3">
         <v>3</v>
       </c>
       <c r="AF3">
         <v>3</v>
       </c>
       <c r="AG3">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v>T2</v>
+        <v>T3</v>
       </c>
       <c r="B4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C4">
         <v>-6</v>
       </c>
       <c r="D4">
-        <v>-7</v>
+        <v>-1</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G4">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H4" t="str">
-        <v>Eivind Århus</v>
+        <v>Thomas Gjelseng</v>
       </c>
       <c r="I4">
-        <v>1</v>
+        <v>-5</v>
       </c>
       <c r="J4">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="M4" t="str">
-        <v>earhus</v>
+        <v>kl00vn</v>
       </c>
       <c r="N4">
-        <v>1</v>
+        <v>-5</v>
       </c>
       <c r="O4">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF4">
         <v>3</v>
       </c>
       <c r="AG4">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>T2</v>
+        <v>T3</v>
       </c>
       <c r="B5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C5">
         <v>-6</v>
       </c>
       <c r="D5">
         <v>-33</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="G5">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="H5" t="str">
         <v xml:space="preserve">Nicolai Osmo Yndestad </v>
       </c>
       <c r="I5">
         <v>27</v>
       </c>
       <c r="J5">
         <v>82</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="M5" t="str">
         <v>volterbolt</v>
       </c>
       <c r="N5">
         <v>27</v>
       </c>
       <c r="O5">
         <v>82</v>
       </c>
       <c r="P5">
         <v>5</v>
       </c>
@@ -960,54 +960,54 @@
       </c>
       <c r="AF5">
         <v>3</v>
       </c>
       <c r="AG5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
         <v>5</v>
       </c>
       <c r="C6">
         <v>-4</v>
       </c>
       <c r="D6">
         <v>-9</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>4</v>
+        <v>T5</v>
       </c>
       <c r="G6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H6" t="str">
         <v>Alexander Yndestad</v>
       </c>
       <c r="I6">
         <v>5</v>
       </c>
       <c r="J6">
         <v>60</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="M6" t="str">
         <v>pondus90</v>
       </c>
       <c r="N6">
         <v>5</v>
       </c>
       <c r="O6">
         <v>60</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
@@ -1042,52 +1042,52 @@
         <v>3</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
       <c r="AD6">
         <v>5</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
       <c r="AF6">
         <v>4</v>
       </c>
       <c r="AG6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7">
-        <v>6</v>
+      <c r="A7" t="str">
+        <v>T6</v>
       </c>
       <c r="B7">
         <v>6</v>
       </c>
       <c r="C7">
         <v>-3</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>2</v>
       </c>
       <c r="G7">
         <v>2</v>
       </c>
       <c r="H7" t="str">
         <v>Anders Gjelseng</v>
       </c>
       <c r="I7">
         <v>-3</v>
       </c>
@@ -1140,611 +1140,1732 @@
         <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
         <v>4</v>
       </c>
       <c r="AD7">
         <v>2</v>
       </c>
       <c r="AE7">
         <v>3</v>
       </c>
       <c r="AF7">
         <v>4</v>
       </c>
       <c r="AG7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8">
-        <v>7</v>
+      <c r="A8" t="str">
+        <v>T6</v>
       </c>
       <c r="B8">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C8">
-        <v>3</v>
+        <v>-3</v>
       </c>
       <c r="D8">
-        <v>-4</v>
+        <v>-9</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>5</v>
+        <v>T7</v>
       </c>
       <c r="G8">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="H8" t="str">
-        <v>Sverre Linga</v>
+        <v>Anne Flotve</v>
       </c>
       <c r="I8">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="J8">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
       <c r="M8" t="str">
-        <v>vetlesverre</v>
+        <v>anneflotve</v>
       </c>
       <c r="N8">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="O8">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R8">
         <v>4</v>
       </c>
       <c r="S8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC8">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AD8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG8">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9">
-        <v>8</v>
+      <c r="A9" t="str">
+        <v>T6</v>
       </c>
       <c r="B9">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C9">
-        <v>4</v>
+        <v>-3</v>
       </c>
       <c r="D9">
-        <v>-9</v>
+        <v>-25</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="G9">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="H9" t="str">
-        <v>Monica Gjelseng</v>
+        <v>Hege Gangdal</v>
       </c>
       <c r="I9">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="J9">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="M9" t="str">
-        <v>missegj</v>
+        <v>heggan90</v>
       </c>
       <c r="N9">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="O9">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="P9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Q9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="R9">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
       <c r="AC9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AD9">
         <v>4</v>
       </c>
       <c r="AE9">
         <v>3</v>
       </c>
       <c r="AF9">
         <v>3</v>
       </c>
       <c r="AG9">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10">
+      <c r="A10" t="str">
+        <v>T9</v>
+      </c>
+      <c r="B10">
+        <v>9</v>
+      </c>
       <c r="C10">
-        <v>-5</v>
+        <v>-2</v>
       </c>
       <c r="D10">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
+      <c r="F10" t="str">
+        <v>4</v>
+      </c>
+      <c r="G10">
+        <v>4</v>
+      </c>
       <c r="H10" t="str">
-        <v>Tommy Sørheim</v>
+        <v>Sverre Linga</v>
       </c>
       <c r="I10">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J10">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="K10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M10" t="str">
-        <v>tomsor</v>
+        <v>vetlesverre</v>
       </c>
       <c r="N10">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="O10">
-        <v>0</v>
+        <v>57</v>
+      </c>
+      <c r="P10">
+        <v>2</v>
+      </c>
+      <c r="Q10">
+        <v>3</v>
+      </c>
+      <c r="R10">
+        <v>5</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+      <c r="T10">
+        <v>3</v>
+      </c>
+      <c r="U10">
+        <v>3</v>
+      </c>
+      <c r="V10">
+        <v>3</v>
+      </c>
+      <c r="W10">
+        <v>3</v>
+      </c>
+      <c r="X10">
+        <v>2</v>
+      </c>
+      <c r="Y10">
+        <v>4</v>
+      </c>
+      <c r="Z10">
+        <v>4</v>
+      </c>
+      <c r="AA10">
+        <v>2</v>
+      </c>
+      <c r="AB10">
+        <v>4</v>
+      </c>
+      <c r="AC10">
+        <v>3</v>
+      </c>
+      <c r="AD10">
+        <v>5</v>
+      </c>
+      <c r="AE10">
+        <v>3</v>
+      </c>
+      <c r="AF10">
+        <v>2</v>
+      </c>
+      <c r="AG10">
+        <v>3</v>
       </c>
     </row>
     <row r="11">
+      <c r="A11" t="str">
+        <v>T9</v>
+      </c>
+      <c r="B11">
+        <v>9</v>
+      </c>
       <c r="C11">
-        <v>-15</v>
+        <v>-2</v>
       </c>
       <c r="D11">
-        <v>-15</v>
+        <v>-25</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
+      <c r="F11" t="str">
+        <v>15</v>
+      </c>
+      <c r="G11">
+        <v>15</v>
+      </c>
       <c r="H11" t="str">
-        <v>Mette B Flotve</v>
+        <v>Trym Århus</v>
       </c>
       <c r="I11">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="J11">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="M11" t="str">
-        <v>metflo</v>
+        <v>trymzz</v>
       </c>
       <c r="N11">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="O11">
-        <v>0</v>
+        <v>78</v>
+      </c>
+      <c r="P11">
+        <v>4</v>
+      </c>
+      <c r="Q11">
+        <v>5</v>
+      </c>
+      <c r="R11">
+        <v>6</v>
+      </c>
+      <c r="S11">
+        <v>4</v>
+      </c>
+      <c r="T11">
+        <v>4</v>
+      </c>
+      <c r="U11">
+        <v>3</v>
+      </c>
+      <c r="V11">
+        <v>3</v>
+      </c>
+      <c r="W11">
+        <v>5</v>
+      </c>
+      <c r="X11">
+        <v>5</v>
+      </c>
+      <c r="Y11">
+        <v>4</v>
+      </c>
+      <c r="Z11">
+        <v>4</v>
+      </c>
+      <c r="AA11">
+        <v>5</v>
+      </c>
+      <c r="AB11">
+        <v>3</v>
+      </c>
+      <c r="AC11">
+        <v>5</v>
+      </c>
+      <c r="AD11">
+        <v>6</v>
+      </c>
+      <c r="AE11">
+        <v>4</v>
+      </c>
+      <c r="AF11">
+        <v>3</v>
+      </c>
+      <c r="AG11">
+        <v>5</v>
       </c>
     </row>
     <row r="12">
+      <c r="A12">
+        <v>11</v>
+      </c>
+      <c r="B12">
+        <v>11</v>
+      </c>
       <c r="C12">
-        <v>-25</v>
+        <v>0</v>
       </c>
       <c r="D12">
-        <v>-25</v>
+        <v>-5</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
+      <c r="F12" t="str">
+        <v>T5</v>
+      </c>
+      <c r="G12">
+        <v>5</v>
+      </c>
       <c r="H12" t="str">
-        <v>Trym Århus</v>
+        <v>Tommy Sørheim</v>
       </c>
       <c r="I12">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J12">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="M12" t="str">
-        <v>trymzz</v>
+        <v>tomsor</v>
       </c>
       <c r="N12">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="O12">
-        <v>0</v>
+        <v>60</v>
+      </c>
+      <c r="P12">
+        <v>4</v>
+      </c>
+      <c r="Q12">
+        <v>3</v>
+      </c>
+      <c r="R12">
+        <v>4</v>
+      </c>
+      <c r="S12">
+        <v>4</v>
+      </c>
+      <c r="T12">
+        <v>4</v>
+      </c>
+      <c r="U12">
+        <v>3</v>
+      </c>
+      <c r="V12">
+        <v>2</v>
+      </c>
+      <c r="W12">
+        <v>3</v>
+      </c>
+      <c r="X12">
+        <v>2</v>
+      </c>
+      <c r="Y12">
+        <v>3</v>
+      </c>
+      <c r="Z12">
+        <v>3</v>
+      </c>
+      <c r="AA12">
+        <v>3</v>
+      </c>
+      <c r="AB12">
+        <v>3</v>
+      </c>
+      <c r="AC12">
+        <v>5</v>
+      </c>
+      <c r="AD12">
+        <v>4</v>
+      </c>
+      <c r="AE12">
+        <v>3</v>
+      </c>
+      <c r="AF12">
+        <v>3</v>
+      </c>
+      <c r="AG12">
+        <v>4</v>
       </c>
     </row>
     <row r="13">
+      <c r="A13">
+        <v>12</v>
+      </c>
+      <c r="B13">
+        <v>12</v>
+      </c>
       <c r="C13">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="D13">
         <v>-9</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
-        <v>DUP</v>
+        <v>11</v>
+      </c>
+      <c r="G13">
+        <v>11</v>
       </c>
       <c r="H13" t="str">
-        <v>Alexander Yndestad</v>
+        <v>Monica Gjelseng</v>
       </c>
       <c r="I13">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="J13">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="M13" t="str">
-        <v>pondus90</v>
+        <v>missegj</v>
       </c>
       <c r="N13">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="O13">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T13">
+        <v>5</v>
+      </c>
+      <c r="U13">
+        <v>3</v>
+      </c>
+      <c r="V13">
+        <v>2</v>
+      </c>
+      <c r="W13">
+        <v>4</v>
+      </c>
+      <c r="X13">
+        <v>3</v>
+      </c>
+      <c r="Y13">
+        <v>3</v>
+      </c>
+      <c r="Z13">
         <v>6</v>
       </c>
-      <c r="U13">
-[...16 lines deleted...]
-      </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC13">
         <v>4</v>
       </c>
       <c r="AD13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
+      <c r="A14">
+        <v>13</v>
+      </c>
+      <c r="B14">
+        <v>13</v>
+      </c>
       <c r="C14">
-        <v>-1</v>
+        <v>3</v>
       </c>
       <c r="D14">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
-        <v>DUP</v>
+        <v>T7</v>
+      </c>
+      <c r="G14">
+        <v>7</v>
       </c>
       <c r="H14" t="str">
-        <v>Anders Gjelseng</v>
+        <v>Svenn Erik Flotve</v>
       </c>
       <c r="I14">
-        <v>-1</v>
+        <v>6</v>
       </c>
       <c r="J14">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="K14">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M14" t="str">
-        <v>gjelseng</v>
+        <v>flotves</v>
       </c>
       <c r="N14">
-        <v>-1</v>
+        <v>6</v>
       </c>
       <c r="O14">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R14">
         <v>4</v>
       </c>
       <c r="S14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
       <c r="AC14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF14">
         <v>3</v>
       </c>
       <c r="AG14">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15">
+      <c r="A15">
+        <v>14</v>
+      </c>
+      <c r="B15">
+        <v>14</v>
+      </c>
       <c r="C15">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D15">
         <v>-1</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
+        <v>T7</v>
+      </c>
+      <c r="G15">
+        <v>7</v>
+      </c>
+      <c r="H15" t="str">
+        <v>Martin Dahle</v>
+      </c>
+      <c r="I15">
+        <v>6</v>
+      </c>
+      <c r="J15">
+        <v>61</v>
+      </c>
+      <c r="K15">
+        <v>1</v>
+      </c>
+      <c r="M15" t="str">
+        <v>mardah</v>
+      </c>
+      <c r="N15">
+        <v>6</v>
+      </c>
+      <c r="O15">
+        <v>61</v>
+      </c>
+      <c r="P15">
+        <v>2</v>
+      </c>
+      <c r="Q15">
+        <v>4</v>
+      </c>
+      <c r="R15">
+        <v>5</v>
+      </c>
+      <c r="S15">
+        <v>5</v>
+      </c>
+      <c r="T15">
+        <v>2</v>
+      </c>
+      <c r="U15">
+        <v>3</v>
+      </c>
+      <c r="V15">
+        <v>3</v>
+      </c>
+      <c r="W15">
+        <v>2</v>
+      </c>
+      <c r="X15">
+        <v>4</v>
+      </c>
+      <c r="Y15">
+        <v>4</v>
+      </c>
+      <c r="Z15">
+        <v>3</v>
+      </c>
+      <c r="AA15">
+        <v>2</v>
+      </c>
+      <c r="AB15">
+        <v>3</v>
+      </c>
+      <c r="AC15">
+        <v>5</v>
+      </c>
+      <c r="AD15">
+        <v>4</v>
+      </c>
+      <c r="AE15">
+        <v>4</v>
+      </c>
+      <c r="AF15">
+        <v>3</v>
+      </c>
+      <c r="AG15">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16">
+        <v>15</v>
+      </c>
+      <c r="B16">
+        <v>15</v>
+      </c>
+      <c r="C16">
+        <v>6</v>
+      </c>
+      <c r="D16">
+        <v>-15</v>
+      </c>
+      <c r="E16" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F16" t="str">
+        <v>13</v>
+      </c>
+      <c r="G16">
+        <v>13</v>
+      </c>
+      <c r="H16" t="str">
+        <v>Mette B Flotve</v>
+      </c>
+      <c r="I16">
+        <v>21</v>
+      </c>
+      <c r="J16">
+        <v>76</v>
+      </c>
+      <c r="K16">
+        <v>1</v>
+      </c>
+      <c r="M16" t="str">
+        <v>metflo</v>
+      </c>
+      <c r="N16">
+        <v>21</v>
+      </c>
+      <c r="O16">
+        <v>76</v>
+      </c>
+      <c r="P16">
+        <v>4</v>
+      </c>
+      <c r="Q16">
+        <v>4</v>
+      </c>
+      <c r="R16">
+        <v>4</v>
+      </c>
+      <c r="S16">
+        <v>3</v>
+      </c>
+      <c r="T16">
+        <v>5</v>
+      </c>
+      <c r="U16">
+        <v>5</v>
+      </c>
+      <c r="V16">
+        <v>5</v>
+      </c>
+      <c r="W16">
+        <v>4</v>
+      </c>
+      <c r="X16">
+        <v>4</v>
+      </c>
+      <c r="Y16">
+        <v>5</v>
+      </c>
+      <c r="Z16">
+        <v>5</v>
+      </c>
+      <c r="AA16">
+        <v>3</v>
+      </c>
+      <c r="AB16">
+        <v>3</v>
+      </c>
+      <c r="AC16">
+        <v>5</v>
+      </c>
+      <c r="AD16">
+        <v>6</v>
+      </c>
+      <c r="AE16">
+        <v>3</v>
+      </c>
+      <c r="AF16">
+        <v>3</v>
+      </c>
+      <c r="AG16">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="E17" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F17" t="str">
+        <v>T7</v>
+      </c>
+      <c r="G17">
+        <v>7</v>
+      </c>
+      <c r="H17" t="str">
+        <v>Erling Aalvik</v>
+      </c>
+      <c r="I17">
+        <v>6</v>
+      </c>
+      <c r="J17">
+        <v>61</v>
+      </c>
+      <c r="K17">
+        <v>1</v>
+      </c>
+      <c r="M17" t="str">
+        <v>aalviken</v>
+      </c>
+      <c r="N17">
+        <v>6</v>
+      </c>
+      <c r="O17">
+        <v>61</v>
+      </c>
+      <c r="P17">
+        <v>3</v>
+      </c>
+      <c r="Q17">
+        <v>3</v>
+      </c>
+      <c r="R17">
+        <v>4</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
+        <v>4</v>
+      </c>
+      <c r="U17">
+        <v>4</v>
+      </c>
+      <c r="V17">
+        <v>3</v>
+      </c>
+      <c r="W17">
+        <v>4</v>
+      </c>
+      <c r="X17">
+        <v>2</v>
+      </c>
+      <c r="Y17">
+        <v>3</v>
+      </c>
+      <c r="Z17">
+        <v>3</v>
+      </c>
+      <c r="AA17">
+        <v>3</v>
+      </c>
+      <c r="AB17">
+        <v>2</v>
+      </c>
+      <c r="AC17">
+        <v>5</v>
+      </c>
+      <c r="AD17">
+        <v>5</v>
+      </c>
+      <c r="AE17">
+        <v>2</v>
+      </c>
+      <c r="AF17">
+        <v>3</v>
+      </c>
+      <c r="AG17">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="C18">
+        <v>1</v>
+      </c>
+      <c r="D18">
+        <v>-9</v>
+      </c>
+      <c r="E18" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F18" t="str">
         <v>DUP</v>
       </c>
-      <c r="H15" t="str">
+      <c r="H18" t="str">
+        <v>Alexander Yndestad</v>
+      </c>
+      <c r="I18">
+        <v>10</v>
+      </c>
+      <c r="J18">
+        <v>65</v>
+      </c>
+      <c r="K18">
+        <v>3</v>
+      </c>
+      <c r="M18" t="str">
+        <v>pondus90</v>
+      </c>
+      <c r="N18">
+        <v>10</v>
+      </c>
+      <c r="O18">
+        <v>65</v>
+      </c>
+      <c r="P18">
+        <v>5</v>
+      </c>
+      <c r="Q18">
+        <v>5</v>
+      </c>
+      <c r="R18">
+        <v>5</v>
+      </c>
+      <c r="S18">
+        <v>4</v>
+      </c>
+      <c r="T18">
+        <v>2</v>
+      </c>
+      <c r="U18">
+        <v>4</v>
+      </c>
+      <c r="V18">
+        <v>4</v>
+      </c>
+      <c r="W18">
+        <v>3</v>
+      </c>
+      <c r="X18">
+        <v>4</v>
+      </c>
+      <c r="Y18">
+        <v>3</v>
+      </c>
+      <c r="Z18">
+        <v>3</v>
+      </c>
+      <c r="AA18">
+        <v>3</v>
+      </c>
+      <c r="AB18">
+        <v>4</v>
+      </c>
+      <c r="AC18">
+        <v>4</v>
+      </c>
+      <c r="AD18">
+        <v>3</v>
+      </c>
+      <c r="AE18">
+        <v>3</v>
+      </c>
+      <c r="AF18">
+        <v>3</v>
+      </c>
+      <c r="AG18">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="C19">
+        <v>-2</v>
+      </c>
+      <c r="D19">
+        <v>-9</v>
+      </c>
+      <c r="E19" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F19" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H19" t="str">
+        <v>Alexander Yndestad</v>
+      </c>
+      <c r="I19">
+        <v>7</v>
+      </c>
+      <c r="J19">
+        <v>62</v>
+      </c>
+      <c r="K19">
+        <v>2</v>
+      </c>
+      <c r="M19" t="str">
+        <v>pondus90</v>
+      </c>
+      <c r="N19">
+        <v>7</v>
+      </c>
+      <c r="O19">
+        <v>62</v>
+      </c>
+      <c r="P19">
+        <v>4</v>
+      </c>
+      <c r="Q19">
+        <v>3</v>
+      </c>
+      <c r="R19">
+        <v>4</v>
+      </c>
+      <c r="S19">
+        <v>4</v>
+      </c>
+      <c r="T19">
+        <v>6</v>
+      </c>
+      <c r="U19">
+        <v>3</v>
+      </c>
+      <c r="V19">
+        <v>3</v>
+      </c>
+      <c r="W19">
+        <v>4</v>
+      </c>
+      <c r="X19">
+        <v>3</v>
+      </c>
+      <c r="Y19">
+        <v>3</v>
+      </c>
+      <c r="Z19">
+        <v>3</v>
+      </c>
+      <c r="AA19">
+        <v>3</v>
+      </c>
+      <c r="AB19">
+        <v>3</v>
+      </c>
+      <c r="AC19">
+        <v>4</v>
+      </c>
+      <c r="AD19">
+        <v>3</v>
+      </c>
+      <c r="AE19">
+        <v>3</v>
+      </c>
+      <c r="AF19">
+        <v>3</v>
+      </c>
+      <c r="AG19">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="C20">
+        <v>-1</v>
+      </c>
+      <c r="D20">
+        <v>0</v>
+      </c>
+      <c r="E20" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F20" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H20" t="str">
+        <v>Anders Gjelseng</v>
+      </c>
+      <c r="I20">
+        <v>-1</v>
+      </c>
+      <c r="J20">
+        <v>54</v>
+      </c>
+      <c r="K20">
+        <v>2</v>
+      </c>
+      <c r="M20" t="str">
+        <v>gjelseng</v>
+      </c>
+      <c r="N20">
+        <v>-1</v>
+      </c>
+      <c r="O20">
+        <v>54</v>
+      </c>
+      <c r="P20">
+        <v>3</v>
+      </c>
+      <c r="Q20">
+        <v>2</v>
+      </c>
+      <c r="R20">
+        <v>4</v>
+      </c>
+      <c r="S20">
+        <v>2</v>
+      </c>
+      <c r="T20">
+        <v>3</v>
+      </c>
+      <c r="U20">
+        <v>3</v>
+      </c>
+      <c r="V20">
+        <v>3</v>
+      </c>
+      <c r="W20">
+        <v>3</v>
+      </c>
+      <c r="X20">
+        <v>3</v>
+      </c>
+      <c r="Y20">
+        <v>3</v>
+      </c>
+      <c r="Z20">
+        <v>3</v>
+      </c>
+      <c r="AA20">
+        <v>3</v>
+      </c>
+      <c r="AB20">
+        <v>3</v>
+      </c>
+      <c r="AC20">
+        <v>3</v>
+      </c>
+      <c r="AD20">
+        <v>4</v>
+      </c>
+      <c r="AE20">
+        <v>2</v>
+      </c>
+      <c r="AF20">
+        <v>3</v>
+      </c>
+      <c r="AG20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="C21">
+        <v>-6</v>
+      </c>
+      <c r="D21">
+        <v>-7</v>
+      </c>
+      <c r="E21" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F21" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H21" t="str">
+        <v>Eivind Århus</v>
+      </c>
+      <c r="I21">
+        <v>1</v>
+      </c>
+      <c r="J21">
+        <v>56</v>
+      </c>
+      <c r="K21">
+        <v>1</v>
+      </c>
+      <c r="M21" t="str">
+        <v>earhus</v>
+      </c>
+      <c r="N21">
+        <v>1</v>
+      </c>
+      <c r="O21">
+        <v>56</v>
+      </c>
+      <c r="P21">
+        <v>2</v>
+      </c>
+      <c r="Q21">
+        <v>3</v>
+      </c>
+      <c r="R21">
+        <v>4</v>
+      </c>
+      <c r="S21">
+        <v>3</v>
+      </c>
+      <c r="T21">
+        <v>2</v>
+      </c>
+      <c r="U21">
+        <v>3</v>
+      </c>
+      <c r="V21">
+        <v>4</v>
+      </c>
+      <c r="W21">
+        <v>3</v>
+      </c>
+      <c r="X21">
+        <v>3</v>
+      </c>
+      <c r="Y21">
+        <v>4</v>
+      </c>
+      <c r="Z21">
+        <v>3</v>
+      </c>
+      <c r="AA21">
+        <v>3</v>
+      </c>
+      <c r="AB21">
+        <v>3</v>
+      </c>
+      <c r="AC21">
+        <v>4</v>
+      </c>
+      <c r="AD21">
+        <v>3</v>
+      </c>
+      <c r="AE21">
+        <v>2</v>
+      </c>
+      <c r="AF21">
+        <v>3</v>
+      </c>
+      <c r="AG21">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="C22">
+        <v>4</v>
+      </c>
+      <c r="D22">
+        <v>-9</v>
+      </c>
+      <c r="E22" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F22" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H22" t="str">
+        <v>Monica Gjelseng</v>
+      </c>
+      <c r="I22">
+        <v>13</v>
+      </c>
+      <c r="J22">
+        <v>68</v>
+      </c>
+      <c r="K22">
+        <v>1</v>
+      </c>
+      <c r="M22" t="str">
+        <v>missegj</v>
+      </c>
+      <c r="N22">
+        <v>13</v>
+      </c>
+      <c r="O22">
+        <v>68</v>
+      </c>
+      <c r="P22">
+        <v>4</v>
+      </c>
+      <c r="Q22">
+        <v>4</v>
+      </c>
+      <c r="R22">
+        <v>5</v>
+      </c>
+      <c r="S22">
+        <v>3</v>
+      </c>
+      <c r="T22">
+        <v>4</v>
+      </c>
+      <c r="U22">
+        <v>3</v>
+      </c>
+      <c r="V22">
+        <v>5</v>
+      </c>
+      <c r="W22">
+        <v>4</v>
+      </c>
+      <c r="X22">
+        <v>3</v>
+      </c>
+      <c r="Y22">
+        <v>5</v>
+      </c>
+      <c r="Z22">
+        <v>4</v>
+      </c>
+      <c r="AA22">
+        <v>3</v>
+      </c>
+      <c r="AB22">
+        <v>3</v>
+      </c>
+      <c r="AC22">
+        <v>4</v>
+      </c>
+      <c r="AD22">
+        <v>4</v>
+      </c>
+      <c r="AE22">
+        <v>3</v>
+      </c>
+      <c r="AF22">
+        <v>3</v>
+      </c>
+      <c r="AG22">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="C23">
+        <v>3</v>
+      </c>
+      <c r="D23">
+        <v>-4</v>
+      </c>
+      <c r="E23" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F23" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H23" t="str">
+        <v>Sverre Linga</v>
+      </c>
+      <c r="I23">
+        <v>7</v>
+      </c>
+      <c r="J23">
+        <v>62</v>
+      </c>
+      <c r="K23">
+        <v>1</v>
+      </c>
+      <c r="M23" t="str">
+        <v>vetlesverre</v>
+      </c>
+      <c r="N23">
+        <v>7</v>
+      </c>
+      <c r="O23">
+        <v>62</v>
+      </c>
+      <c r="P23">
+        <v>2</v>
+      </c>
+      <c r="Q23">
+        <v>4</v>
+      </c>
+      <c r="R23">
+        <v>4</v>
+      </c>
+      <c r="S23">
+        <v>5</v>
+      </c>
+      <c r="T23">
+        <v>3</v>
+      </c>
+      <c r="U23">
+        <v>4</v>
+      </c>
+      <c r="V23">
+        <v>3</v>
+      </c>
+      <c r="W23">
+        <v>3</v>
+      </c>
+      <c r="X23">
+        <v>2</v>
+      </c>
+      <c r="Y23">
+        <v>3</v>
+      </c>
+      <c r="Z23">
+        <v>3</v>
+      </c>
+      <c r="AA23">
+        <v>3</v>
+      </c>
+      <c r="AB23">
+        <v>3</v>
+      </c>
+      <c r="AC23">
+        <v>6</v>
+      </c>
+      <c r="AD23">
+        <v>3</v>
+      </c>
+      <c r="AE23">
+        <v>4</v>
+      </c>
+      <c r="AF23">
+        <v>3</v>
+      </c>
+      <c r="AG23">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="C24">
+        <v>1</v>
+      </c>
+      <c r="D24">
+        <v>-1</v>
+      </c>
+      <c r="E24" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F24" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H24" t="str">
         <v>Thomas Gjelseng</v>
       </c>
-      <c r="I15">
+      <c r="I24">
+        <v>2</v>
+      </c>
+      <c r="J24">
+        <v>57</v>
+      </c>
+      <c r="K24">
+        <v>3</v>
+      </c>
+      <c r="M24" t="str">
+        <v>kl00vn</v>
+      </c>
+      <c r="N24">
+        <v>2</v>
+      </c>
+      <c r="O24">
+        <v>57</v>
+      </c>
+      <c r="P24">
+        <v>3</v>
+      </c>
+      <c r="Q24">
+        <v>3</v>
+      </c>
+      <c r="R24">
+        <v>5</v>
+      </c>
+      <c r="S24">
+        <v>3</v>
+      </c>
+      <c r="T24">
+        <v>4</v>
+      </c>
+      <c r="U24">
+        <v>3</v>
+      </c>
+      <c r="V24">
+        <v>3</v>
+      </c>
+      <c r="W24">
+        <v>5</v>
+      </c>
+      <c r="X24">
+        <v>3</v>
+      </c>
+      <c r="Y24">
+        <v>3</v>
+      </c>
+      <c r="Z24">
+        <v>2</v>
+      </c>
+      <c r="AA24">
+        <v>3</v>
+      </c>
+      <c r="AB24">
+        <v>3</v>
+      </c>
+      <c r="AC24">
+        <v>3</v>
+      </c>
+      <c r="AD24">
+        <v>3</v>
+      </c>
+      <c r="AE24">
+        <v>3</v>
+      </c>
+      <c r="AF24">
+        <v>3</v>
+      </c>
+      <c r="AG24">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="C25">
+        <v>7</v>
+      </c>
+      <c r="D25">
+        <v>-1</v>
+      </c>
+      <c r="E25" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F25" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H25" t="str">
+        <v>Thomas Gjelseng</v>
+      </c>
+      <c r="I25">
         <v>8</v>
       </c>
-      <c r="J15">
+      <c r="J25">
         <v>63</v>
       </c>
-      <c r="K15">
-[...2 lines deleted...]
-      <c r="M15" t="str">
+      <c r="K25">
+        <v>2</v>
+      </c>
+      <c r="M25" t="str">
         <v>kl00vn</v>
       </c>
-      <c r="N15">
+      <c r="N25">
         <v>8</v>
       </c>
-      <c r="O15">
+      <c r="O25">
         <v>63</v>
       </c>
-      <c r="P15">
-[...50 lines deleted...]
-      <c r="AG15">
+      <c r="P25">
+        <v>3</v>
+      </c>
+      <c r="Q25">
+        <v>5</v>
+      </c>
+      <c r="R25">
+        <v>5</v>
+      </c>
+      <c r="S25">
+        <v>3</v>
+      </c>
+      <c r="T25">
+        <v>5</v>
+      </c>
+      <c r="U25">
+        <v>2</v>
+      </c>
+      <c r="V25">
+        <v>5</v>
+      </c>
+      <c r="W25">
+        <v>3</v>
+      </c>
+      <c r="X25">
+        <v>3</v>
+      </c>
+      <c r="Y25">
+        <v>3</v>
+      </c>
+      <c r="Z25">
+        <v>2</v>
+      </c>
+      <c r="AA25">
+        <v>3</v>
+      </c>
+      <c r="AB25">
+        <v>3</v>
+      </c>
+      <c r="AC25">
+        <v>5</v>
+      </c>
+      <c r="AD25">
+        <v>3</v>
+      </c>
+      <c r="AE25">
+        <v>3</v>
+      </c>
+      <c r="AF25">
+        <v>4</v>
+      </c>
+      <c r="AG25">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AG15"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AG25"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 