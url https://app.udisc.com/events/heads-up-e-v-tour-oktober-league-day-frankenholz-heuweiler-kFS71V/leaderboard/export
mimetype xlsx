--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1322,51 +1322,51 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
         <v>Elias Reincke</v>
       </c>
       <c r="E11">
         <v>8</v>
       </c>
       <c r="F11">
         <v>65</v>
       </c>
       <c r="G11">
         <v>297965</v>
       </c>
       <c r="H11" t="str">
-        <v>schiibewerfer</v>
+        <v>schiibefärber</v>
       </c>
       <c r="I11">
         <v>8</v>
       </c>
       <c r="J11">
         <v>65</v>
       </c>
       <c r="K11">
         <v>4</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>4</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>5</v>
       </c>