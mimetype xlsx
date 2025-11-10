--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1731,51 +1731,51 @@
       <c r="D14">
         <v>-7</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
         <v>24</v>
       </c>
       <c r="G14">
         <v>24</v>
       </c>
       <c r="H14" t="str">
         <v>Elias Reincke</v>
       </c>
       <c r="I14">
         <v>12</v>
       </c>
       <c r="J14">
         <v>67</v>
       </c>
       <c r="K14">
         <v>297965</v>
       </c>
       <c r="L14" t="str">
-        <v>schiibewerfer</v>
+        <v>schiibefärber</v>
       </c>
       <c r="M14">
         <v>12</v>
       </c>
       <c r="N14">
         <v>67</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>5</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>4</v>
       </c>