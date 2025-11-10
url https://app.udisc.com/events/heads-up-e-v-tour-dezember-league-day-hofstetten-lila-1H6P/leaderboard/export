--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -1749,51 +1749,51 @@
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Elias Reincke</v>
       </c>
       <c r="E15">
         <v>26</v>
       </c>
       <c r="F15">
         <v>95</v>
       </c>
       <c r="G15">
         <v>297965</v>
       </c>
       <c r="H15" t="str">
-        <v>schiibewerfer</v>
+        <v>schiibefärber</v>
       </c>
       <c r="I15">
         <v>26</v>
       </c>
       <c r="J15">
         <v>95</v>
       </c>
       <c r="K15">
         <v>9</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
         <v>5</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>5</v>
       </c>
       <c r="P15">
         <v>5</v>
       </c>