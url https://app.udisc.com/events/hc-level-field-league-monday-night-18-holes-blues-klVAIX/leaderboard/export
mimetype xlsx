--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -536,54 +536,51 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
         <v>Cass Dobrowolski &amp; Troy Balser</v>
       </c>
       <c r="E2">
         <v>-5</v>
       </c>
       <c r="F2">
         <v>47</v>
       </c>
       <c r="H2" t="str">
         <v>cadodo00,troybalser</v>
       </c>
       <c r="I2">
         <v>-5</v>
       </c>
       <c r="J2">
         <v>47</v>
       </c>
       <c r="K2">
         <v>4</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
@@ -610,54 +607,51 @@
       </c>
       <c r="T2">
         <v>2</v>
       </c>
       <c r="U2">
         <v>5</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
         <v>Matthew Hogan &amp; Michael O’Steen</v>
       </c>
       <c r="E3">
         <v>4</v>
       </c>
       <c r="F3">
         <v>56</v>
       </c>
       <c r="H3" t="str">
         <v>hgdkolbe,discduke</v>
       </c>
       <c r="I3">
         <v>4</v>
       </c>
       <c r="J3">
         <v>56</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>