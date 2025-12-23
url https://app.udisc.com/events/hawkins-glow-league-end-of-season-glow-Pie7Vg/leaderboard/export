--- v0 (2025-11-10)
+++ v1 (2025-12-23)
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Dave Moulson &amp; Antonio Oller</v>
       </c>
       <c r="E5">
         <v>-6</v>
       </c>
       <c r="F5">
         <v>48</v>
       </c>
       <c r="H5" t="str">
-        <v>davemoulson,thewetfrog</v>
+        <v>davemoulson,frolffrog</v>
       </c>
       <c r="I5">
         <v>-6</v>
       </c>
       <c r="J5">
         <v>48</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>