--- v0 (2026-01-18)
+++ v1 (2026-02-07)
@@ -2027,50 +2027,53 @@
       </c>
       <c r="C17">
         <v>2</v>
       </c>
       <c r="D17">
         <v>2</v>
       </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
         <v>T14</v>
       </c>
       <c r="G17">
         <v>14</v>
       </c>
       <c r="H17" t="str">
         <v>Lui S.</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>54</v>
       </c>
+      <c r="K17">
+        <v>320757</v>
+      </c>
       <c r="L17" t="str">
         <v>goalfire</v>
       </c>
       <c r="M17">
         <v>0</v>
       </c>
       <c r="N17">
         <v>54</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>2</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
         <v>2</v>
       </c>
       <c r="T17">