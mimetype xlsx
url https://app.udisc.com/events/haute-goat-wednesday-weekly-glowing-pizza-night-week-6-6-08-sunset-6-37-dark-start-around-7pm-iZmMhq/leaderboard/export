--- v0 (2025-11-29)
+++ v1 (2026-02-07)
@@ -2027,50 +2027,53 @@
       </c>
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16">
         <v>-6</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>20</v>
       </c>
       <c r="G16">
         <v>20</v>
       </c>
       <c r="H16" t="str">
         <v>Lui S.</v>
       </c>
       <c r="I16">
         <v>8</v>
       </c>
       <c r="J16">
         <v>74</v>
       </c>
+      <c r="K16">
+        <v>320757</v>
+      </c>
       <c r="L16" t="str">
         <v>goalfire</v>
       </c>
       <c r="M16">
         <v>8</v>
       </c>
       <c r="N16">
         <v>74</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
         <v>2</v>
       </c>
       <c r="R16">
         <v>4</v>
       </c>
       <c r="S16">
         <v>4</v>
       </c>
       <c r="T16">