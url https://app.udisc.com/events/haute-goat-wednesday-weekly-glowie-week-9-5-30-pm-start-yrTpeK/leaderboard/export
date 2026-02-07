--- v0 (2025-11-29)
+++ v1 (2026-02-07)
@@ -1468,212 +1468,215 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>T9</v>
       </c>
       <c r="B11">
         <v>9</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11">
         <v>2</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>T8</v>
       </c>
       <c r="G11">
         <v>8</v>
       </c>
       <c r="H11" t="str">
-        <v>Draco McFair</v>
+        <v>Lui S.</v>
       </c>
       <c r="I11">
         <v>-1</v>
       </c>
       <c r="J11">
         <v>53</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
+      <c r="L11">
+        <v>320757</v>
+      </c>
       <c r="M11" t="str">
-        <v>salmonella68</v>
+        <v>goalfire</v>
       </c>
       <c r="N11">
         <v>-1</v>
       </c>
       <c r="O11">
         <v>53</v>
       </c>
       <c r="P11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AE11">
         <v>3</v>
       </c>
       <c r="AF11">
         <v>2</v>
       </c>
       <c r="AG11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>T9</v>
       </c>
       <c r="B12">
         <v>9</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12">
         <v>2</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
         <v>T8</v>
       </c>
       <c r="G12">
         <v>8</v>
       </c>
       <c r="H12" t="str">
-        <v>Lui S.</v>
+        <v>Draco McFair</v>
       </c>
       <c r="I12">
         <v>-1</v>
       </c>
       <c r="J12">
         <v>53</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="M12" t="str">
-        <v>goalfire</v>
+        <v>salmonella68</v>
       </c>
       <c r="N12">
         <v>-1</v>
       </c>
       <c r="O12">
         <v>53</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
       <c r="AD12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AE12">
         <v>3</v>
       </c>
       <c r="AF12">
         <v>2</v>
       </c>
       <c r="AG12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>T9</v>
       </c>
       <c r="B13">
         <v>9</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13">
         <v>-1</v>
       </c>
       <c r="E13" t="str">