--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AG18"/>
+  <dimension ref="A1:AG20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="17.83203125" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="29.83203125" customWidth="1"/>
     <col min="4" max="4" width="34.83203125" customWidth="1"/>
     <col min="5" max="5" width="8.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="20.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="12.83203125" customWidth="1"/>
     <col min="12" max="12" width="11.83203125" customWidth="1"/>
     <col min="13" max="13" width="8.83203125" customWidth="1"/>
     <col min="14" max="14" width="20.83203125" customWidth="1"/>
     <col min="15" max="15" width="17.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -1165,54 +1165,54 @@
       </c>
       <c r="AF7">
         <v>3</v>
       </c>
       <c r="AG7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>T6</v>
       </c>
       <c r="B8">
         <v>6</v>
       </c>
       <c r="C8">
         <v>-1</v>
       </c>
       <c r="D8">
         <v>-1</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>T9</v>
+        <v>T10</v>
       </c>
       <c r="G8">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H8" t="str">
         <v>Ray Gillespie sr</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>54</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
       <c r="M8" t="str">
         <v>tamray111</v>
       </c>
       <c r="N8">
         <v>0</v>
       </c>
       <c r="O8">
         <v>54</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -1257,1010 +1257,1200 @@
       </c>
       <c r="AD8">
         <v>5</v>
       </c>
       <c r="AE8">
         <v>2</v>
       </c>
       <c r="AF8">
         <v>3</v>
       </c>
       <c r="AG8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>T8</v>
       </c>
       <c r="B9">
         <v>8</v>
       </c>
       <c r="C9">
         <v>0</v>
       </c>
       <c r="D9">
-        <v>-3</v>
+        <v>1</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
-        <v>T13</v>
+        <v>9</v>
       </c>
       <c r="G9">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="H9" t="str">
-        <v>Ray Stewart</v>
+        <v>Hitarth Shah</v>
       </c>
       <c r="I9">
-        <v>3</v>
+        <v>-1</v>
       </c>
       <c r="J9">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
+      <c r="L9">
+        <v>242668</v>
+      </c>
       <c r="M9" t="str">
-        <v>raysar</v>
+        <v>hitarth</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>-1</v>
       </c>
       <c r="O9">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
       <c r="AC9">
         <v>2</v>
       </c>
       <c r="AD9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>T8</v>
       </c>
       <c r="B10">
         <v>8</v>
       </c>
       <c r="C10">
         <v>0</v>
       </c>
       <c r="D10">
-        <v>-12</v>
+        <v>-3</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
-        <v>15</v>
+        <v>T14</v>
       </c>
       <c r="G10">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H10" t="str">
-        <v>Holli Mathews</v>
+        <v>Ray Stewart</v>
       </c>
       <c r="I10">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="J10">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="M10" t="str">
-        <v>holliwoof</v>
+        <v>raysar</v>
       </c>
       <c r="N10">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="O10">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V10">
         <v>5</v>
       </c>
       <c r="W10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD10">
         <v>3</v>
       </c>
       <c r="AE10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AF10">
         <v>3</v>
       </c>
       <c r="AG10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11">
-        <v>10</v>
+      <c r="A11" t="str">
+        <v>T8</v>
       </c>
       <c r="B11">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C11">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D11">
-        <v>-1</v>
+        <v>-12</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
+        <v>16</v>
+      </c>
+      <c r="G11">
+        <v>16</v>
+      </c>
+      <c r="H11" t="str">
+        <v>Holli Mathews</v>
+      </c>
+      <c r="I11">
         <v>12</v>
       </c>
-      <c r="G11">
-[...7 lines deleted...]
-      </c>
       <c r="J11">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="M11" t="str">
-        <v>carlo123</v>
+        <v>holliwoof</v>
       </c>
       <c r="N11">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="O11">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="P11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U11">
         <v>5</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
         <v>3</v>
       </c>
       <c r="AE11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AF11">
         <v>3</v>
       </c>
       <c r="AG11">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" t="str">
-        <v>T11</v>
+      <c r="A12">
+        <v>11</v>
       </c>
       <c r="B12">
         <v>11</v>
       </c>
       <c r="C12">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D12">
-        <v>3</v>
+        <v>-1</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
-        <v>T9</v>
+        <v>13</v>
       </c>
       <c r="G12">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="H12" t="str">
-        <v>Will Hewitt</v>
+        <v>Carlo Piazza</v>
       </c>
       <c r="I12">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J12">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
-      <c r="L12">
-[...1 lines deleted...]
-      </c>
       <c r="M12" t="str">
-        <v>whaleyum</v>
+        <v>carlo123</v>
       </c>
       <c r="N12">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="O12">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
       <c r="AD12">
         <v>3</v>
       </c>
       <c r="AE12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF12">
         <v>3</v>
       </c>
       <c r="AG12">
         <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>T11</v>
+        <v>T12</v>
       </c>
       <c r="B13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C13">
         <v>3</v>
       </c>
       <c r="D13">
         <v>3</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
-        <v>T9</v>
+        <v>T10</v>
       </c>
       <c r="G13">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H13" t="str">
-        <v>Draco McFair</v>
+        <v>Will Hewitt</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>54</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
+      <c r="L13">
+        <v>222190</v>
+      </c>
       <c r="M13" t="str">
-        <v>salmonella68</v>
+        <v>whaleyum</v>
       </c>
       <c r="N13">
         <v>0</v>
       </c>
       <c r="O13">
         <v>54</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>4</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD13">
         <v>3</v>
       </c>
       <c r="AE13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF13">
         <v>3</v>
       </c>
       <c r="AG13">
         <v>2</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14">
-        <v>13</v>
+      <c r="A14" t="str">
+        <v>T12</v>
       </c>
       <c r="B14">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D14">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
-        <v>T13</v>
+        <v>T10</v>
       </c>
       <c r="G14">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="H14" t="str">
-        <v>Lui S.</v>
+        <v>Draco McFair</v>
       </c>
       <c r="I14">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J14">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="M14" t="str">
-        <v>goalfire</v>
+        <v>salmonella68</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="O14">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="P14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q14">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="R14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S14">
         <v>4</v>
       </c>
       <c r="T14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC14">
         <v>2</v>
       </c>
       <c r="AD14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG14">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
         <v>14</v>
       </c>
       <c r="C15">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D15">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
-        <v>8</v>
+        <v>T14</v>
       </c>
       <c r="G15">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="H15" t="str">
-        <v>Vincent Charpentier</v>
+        <v>Lui S.</v>
       </c>
       <c r="I15">
-        <v>-4</v>
+        <v>3</v>
       </c>
       <c r="J15">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
       <c r="M15" t="str">
-        <v>vincentch</v>
+        <v>goalfire</v>
       </c>
       <c r="N15">
-        <v>-4</v>
+        <v>3</v>
       </c>
       <c r="O15">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>
       <c r="Q15">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="R15">
         <v>2</v>
       </c>
       <c r="S15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z15">
         <v>4</v>
       </c>
       <c r="AA15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
       <c r="AC15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD15">
         <v>4</v>
       </c>
       <c r="AE15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF15">
         <v>2</v>
       </c>
       <c r="AG15">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>15</v>
       </c>
       <c r="C16">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D16">
-        <v>-22</v>
+        <v>11</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="G16">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="H16" t="str">
-        <v xml:space="preserve">Lillian salmon </v>
+        <v>Vincent Charpentier</v>
       </c>
       <c r="I16">
-        <v>35</v>
+        <v>-4</v>
       </c>
       <c r="J16">
-        <v>89</v>
+        <v>50</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="M16" t="str">
-        <v>glittertoot</v>
+        <v>vincentch</v>
       </c>
       <c r="N16">
-        <v>35</v>
+        <v>-4</v>
       </c>
       <c r="O16">
-        <v>89</v>
+        <v>50</v>
       </c>
       <c r="P16">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="Q16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T16">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="U16">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="V16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB16">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AC16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD16">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AE16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AF16">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AG16">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17">
+        <v>16</v>
+      </c>
+      <c r="C17">
+        <v>13</v>
+      </c>
+      <c r="D17">
+        <v>-22</v>
+      </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="G17">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="H17" t="str">
-        <v>Pete Gaffney</v>
+        <v xml:space="preserve">Lillian salmon </v>
       </c>
       <c r="I17">
-        <v>-8</v>
+        <v>35</v>
       </c>
       <c r="J17">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
-      <c r="L17">
-[...1 lines deleted...]
-      </c>
       <c r="M17" t="str">
-        <v>pedrog42</v>
+        <v>glittertoot</v>
       </c>
       <c r="N17">
-        <v>-8</v>
+        <v>35</v>
       </c>
       <c r="O17">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="P17">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="Q17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T17">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="U17">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="V17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AB17">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AC17">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AD17">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="AE17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AF17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AG17">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18">
-      <c r="C18">
-[...4 lines deleted...]
-      </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
+        <v>5</v>
+      </c>
+      <c r="G18">
+        <v>5</v>
+      </c>
+      <c r="H18" t="str">
+        <v>Pete Gaffney</v>
+      </c>
+      <c r="I18">
+        <v>-8</v>
+      </c>
+      <c r="J18">
+        <v>46</v>
+      </c>
+      <c r="K18">
+        <v>1</v>
+      </c>
+      <c r="L18">
+        <v>241190</v>
+      </c>
+      <c r="M18" t="str">
+        <v>pedrog42</v>
+      </c>
+      <c r="N18">
+        <v>-8</v>
+      </c>
+      <c r="O18">
+        <v>46</v>
+      </c>
+      <c r="P18">
+        <v>2</v>
+      </c>
+      <c r="Q18">
+        <v>2</v>
+      </c>
+      <c r="R18">
+        <v>2</v>
+      </c>
+      <c r="S18">
+        <v>3</v>
+      </c>
+      <c r="T18">
+        <v>2</v>
+      </c>
+      <c r="U18">
+        <v>3</v>
+      </c>
+      <c r="V18">
+        <v>3</v>
+      </c>
+      <c r="W18">
+        <v>3</v>
+      </c>
+      <c r="X18">
+        <v>3</v>
+      </c>
+      <c r="Y18">
+        <v>2</v>
+      </c>
+      <c r="Z18">
+        <v>3</v>
+      </c>
+      <c r="AA18">
+        <v>2</v>
+      </c>
+      <c r="AB18">
+        <v>4</v>
+      </c>
+      <c r="AC18">
+        <v>2</v>
+      </c>
+      <c r="AD18">
+        <v>2</v>
+      </c>
+      <c r="AE18">
+        <v>2</v>
+      </c>
+      <c r="AF18">
+        <v>3</v>
+      </c>
+      <c r="AG18">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="C19">
+        <v>-1</v>
+      </c>
+      <c r="D19">
+        <v>5</v>
+      </c>
+      <c r="E19" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F19" t="str">
         <v>DUP</v>
       </c>
-      <c r="H18" t="str">
+      <c r="H19" t="str">
         <v>Huck.Ya.Isaac</v>
       </c>
-      <c r="I18">
+      <c r="I19">
         <v>-6</v>
       </c>
-      <c r="J18">
+      <c r="J19">
         <v>48</v>
       </c>
-      <c r="K18">
-[...2 lines deleted...]
-      <c r="L18">
+      <c r="K19">
+        <v>2</v>
+      </c>
+      <c r="L19">
         <v>286189</v>
       </c>
-      <c r="M18" t="str">
+      <c r="M19" t="str">
         <v>huckyaisaac</v>
       </c>
-      <c r="N18">
+      <c r="N19">
         <v>-6</v>
       </c>
-      <c r="O18">
+      <c r="O19">
         <v>48</v>
       </c>
-      <c r="P18">
-[...51 lines deleted...]
-        <v>2</v>
+      <c r="P19">
+        <v>2</v>
+      </c>
+      <c r="Q19">
+        <v>3</v>
+      </c>
+      <c r="R19">
+        <v>3</v>
+      </c>
+      <c r="S19">
+        <v>2</v>
+      </c>
+      <c r="T19">
+        <v>3</v>
+      </c>
+      <c r="U19">
+        <v>3</v>
+      </c>
+      <c r="V19">
+        <v>2</v>
+      </c>
+      <c r="W19">
+        <v>3</v>
+      </c>
+      <c r="X19">
+        <v>3</v>
+      </c>
+      <c r="Y19">
+        <v>4</v>
+      </c>
+      <c r="Z19">
+        <v>3</v>
+      </c>
+      <c r="AA19">
+        <v>2</v>
+      </c>
+      <c r="AB19">
+        <v>3</v>
+      </c>
+      <c r="AC19">
+        <v>2</v>
+      </c>
+      <c r="AD19">
+        <v>3</v>
+      </c>
+      <c r="AE19">
+        <v>2</v>
+      </c>
+      <c r="AF19">
+        <v>3</v>
+      </c>
+      <c r="AG19">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="C20">
+        <v>7</v>
+      </c>
+      <c r="D20">
+        <v>3</v>
+      </c>
+      <c r="E20" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F20" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H20" t="str">
+        <v>Lee Allen</v>
+      </c>
+      <c r="I20">
+        <v>4</v>
+      </c>
+      <c r="J20">
+        <v>58</v>
+      </c>
+      <c r="K20">
+        <v>2</v>
+      </c>
+      <c r="M20" t="str">
+        <v>leeallen</v>
+      </c>
+      <c r="N20">
+        <v>4</v>
+      </c>
+      <c r="O20">
+        <v>58</v>
+      </c>
+      <c r="P20">
+        <v>3</v>
+      </c>
+      <c r="Q20">
+        <v>2</v>
+      </c>
+      <c r="R20">
+        <v>3</v>
+      </c>
+      <c r="S20">
+        <v>4</v>
+      </c>
+      <c r="T20">
+        <v>3</v>
+      </c>
+      <c r="U20">
+        <v>3</v>
+      </c>
+      <c r="V20">
+        <v>2</v>
+      </c>
+      <c r="W20">
+        <v>5</v>
+      </c>
+      <c r="X20">
+        <v>3</v>
+      </c>
+      <c r="Y20">
+        <v>3</v>
+      </c>
+      <c r="Z20">
+        <v>4</v>
+      </c>
+      <c r="AA20">
+        <v>3</v>
+      </c>
+      <c r="AB20">
+        <v>3</v>
+      </c>
+      <c r="AC20">
+        <v>3</v>
+      </c>
+      <c r="AD20">
+        <v>4</v>
+      </c>
+      <c r="AE20">
+        <v>3</v>
+      </c>
+      <c r="AF20">
+        <v>3</v>
+      </c>
+      <c r="AG20">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AG18"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AG20"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 