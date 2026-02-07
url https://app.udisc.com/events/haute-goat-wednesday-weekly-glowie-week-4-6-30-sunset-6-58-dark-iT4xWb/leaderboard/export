--- v1 (2025-11-09)
+++ v2 (2026-02-07)
@@ -1874,50 +1874,53 @@
       </c>
       <c r="D15">
         <v>1</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
         <v>T14</v>
       </c>
       <c r="G15">
         <v>14</v>
       </c>
       <c r="H15" t="str">
         <v>Lui S.</v>
       </c>
       <c r="I15">
         <v>3</v>
       </c>
       <c r="J15">
         <v>57</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
+      <c r="L15">
+        <v>320757</v>
+      </c>
       <c r="M15" t="str">
         <v>goalfire</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>57</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>
       <c r="Q15">
         <v>6</v>
       </c>
       <c r="R15">
         <v>2</v>
       </c>
       <c r="S15">
         <v>4</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">