--- v0 (2025-10-20)
+++ v1 (2026-02-07)
@@ -2373,50 +2373,53 @@
       </c>
       <c r="D20">
         <v>2</v>
       </c>
       <c r="E20" t="str">
         <v>GEN</v>
       </c>
       <c r="F20" t="str">
         <v>18</v>
       </c>
       <c r="G20">
         <v>18</v>
       </c>
       <c r="H20" t="str">
         <v>Lui S.</v>
       </c>
       <c r="I20">
         <v>2</v>
       </c>
       <c r="J20">
         <v>56</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
+      <c r="L20">
+        <v>320757</v>
+      </c>
       <c r="M20" t="str">
         <v>goalfire</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
         <v>56</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
         <v>4</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">