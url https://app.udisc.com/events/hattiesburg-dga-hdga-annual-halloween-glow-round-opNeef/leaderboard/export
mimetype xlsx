--- v0 (2025-11-10)
+++ v1 (2026-01-12)
@@ -1149,50 +1149,53 @@
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Chris brunet</v>
       </c>
       <c r="E9">
         <v>13</v>
       </c>
       <c r="F9">
         <v>68</v>
       </c>
+      <c r="G9">
+        <v>291375</v>
+      </c>
       <c r="H9" t="str">
         <v>cbrunet1978</v>
       </c>
       <c r="I9">
         <v>13</v>
       </c>
       <c r="J9">
         <v>68</v>
       </c>
       <c r="K9">
         <v>5</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">