--- v0 (2025-12-20)
+++ v1 (2026-01-31)
@@ -564,54 +564,54 @@
       </c>
       <c r="AE1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
         <v>-3</v>
       </c>
       <c r="D2">
         <v>-8</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H2" t="str">
         <v>Chris Cremin</v>
       </c>
       <c r="I2">
         <v>5</v>
       </c>
       <c r="J2">
         <v>64</v>
       </c>
       <c r="L2" t="str">
         <v>chriscremin</v>
       </c>
       <c r="M2">
         <v>5</v>
       </c>
       <c r="N2">
         <v>64</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
@@ -659,54 +659,54 @@
       </c>
       <c r="AE2">
         <v>3</v>
       </c>
       <c r="AF2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
         <v>-2</v>
       </c>
       <c r="D3">
         <v>-3</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H3" t="str">
         <v>Trent Pease</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3">
         <v>60</v>
       </c>
       <c r="K3">
         <v>194899</v>
       </c>
       <c r="L3" t="str">
         <v>trentpease</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="N3">
         <v>60</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
@@ -1039,227 +1039,218 @@
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
       <c r="AF6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
         <v>6</v>
       </c>
       <c r="C7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D7">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
-        <v>T3</v>
+        <v>1</v>
       </c>
       <c r="G7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H7" t="str">
-        <v>Daniel Jakob</v>
+        <v>Chris Palazzi</v>
       </c>
       <c r="I7">
-        <v>-1</v>
+        <v>-5</v>
       </c>
       <c r="J7">
-        <v>52</v>
+        <v>54</v>
+      </c>
+      <c r="K7">
+        <v>185662</v>
       </c>
       <c r="L7" t="str">
-        <v>jonesy93</v>
+        <v>chrispelaz</v>
       </c>
       <c r="M7">
-        <v>-1</v>
+        <v>-5</v>
       </c>
       <c r="N7">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="O7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V7">
         <v>4</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC7">
         <v>4</v>
       </c>
       <c r="AD7">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AE7">
+        <v>3</v>
+      </c>
+      <c r="AF7">
+        <v>3</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8">
-[...4 lines deleted...]
-      </c>
       <c r="C8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D8">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="H8" t="str">
-        <v>Chris Palazzi</v>
+        <v>Daniel Jakob</v>
       </c>
       <c r="I8">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="J8">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>185662</v>
+        <v>52</v>
       </c>
       <c r="L8" t="str">
-        <v>chrispelaz</v>
+        <v>jonesy93</v>
       </c>
       <c r="M8">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="N8">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
       <c r="U8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V8">
         <v>4</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC8">
         <v>4</v>
       </c>
       <c r="AD8">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AF8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>