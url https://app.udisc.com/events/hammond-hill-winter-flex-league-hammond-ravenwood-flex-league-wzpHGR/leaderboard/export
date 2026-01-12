--- v0 (2025-11-19)
+++ v1 (2026-01-12)
@@ -1007,101 +1007,104 @@
       </c>
       <c r="H16" t="str">
         <v>d9huis</v>
       </c>
       <c r="I16">
         <v>-7</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
       <c r="K16">
         <v>47</v>
       </c>
       <c r="L16">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>DNF</v>
       </c>
       <c r="D17" t="str">
-        <v xml:space="preserve">Chad </v>
+        <v>Doug macdonald</v>
       </c>
       <c r="E17">
-        <v>-9</v>
+        <v>4</v>
       </c>
       <c r="F17">
-        <v>45</v>
+        <v>58</v>
+      </c>
+      <c r="G17">
+        <v>319385</v>
       </c>
       <c r="H17" t="str">
-        <v>reneau</v>
+        <v>douggiefreshdg</v>
       </c>
       <c r="I17">
-        <v>-9</v>
+        <v>4</v>
       </c>
       <c r="J17">
         <v>0</v>
       </c>
       <c r="K17">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="L17">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>DNF</v>
       </c>
       <c r="D18" t="str">
-        <v>Doug macdonald</v>
+        <v xml:space="preserve">Chad </v>
       </c>
       <c r="E18">
-        <v>4</v>
+        <v>-9</v>
       </c>
       <c r="F18">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="H18" t="str">
-        <v>douggiefreshdg</v>
+        <v>reneau</v>
       </c>
       <c r="I18">
-        <v>4</v>
+        <v>-9</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
       <c r="K18">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="L18">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>DNF</v>
       </c>
       <c r="D19" t="str">
         <v>Kevin Huisman</v>
       </c>
       <c r="E19">
         <v>2</v>
       </c>
       <c r="F19">
         <v>56</v>
       </c>
       <c r="H19" t="str">
         <v>kevinhuisman</v>
       </c>
       <c r="I19">
@@ -3314,50 +3317,53 @@
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T16</v>
       </c>
       <c r="C19">
         <v>16</v>
       </c>
       <c r="D19" t="str">
         <v>Doug macdonald</v>
       </c>
       <c r="E19">
         <v>4</v>
       </c>
       <c r="F19">
         <v>58</v>
+      </c>
+      <c r="G19">
+        <v>319385</v>
       </c>
       <c r="H19" t="str">
         <v>douggiefreshdg</v>
       </c>
       <c r="I19">
         <v>4</v>
       </c>
       <c r="J19">
         <v>58</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>5</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
@@ -4656,86 +4662,89 @@
       </c>
       <c r="F16">
         <v>47</v>
       </c>
       <c r="G16">
         <v>299178</v>
       </c>
       <c r="H16" t="str">
         <v>d9huis</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>DNF</v>
       </c>
       <c r="D17" t="str">
-        <v xml:space="preserve">Chad </v>
+        <v>Doug macdonald</v>
       </c>
       <c r="E17">
-        <v>-9</v>
+        <v>4</v>
       </c>
       <c r="F17">
-        <v>45</v>
+        <v>58</v>
+      </c>
+      <c r="G17">
+        <v>319385</v>
       </c>
       <c r="H17" t="str">
-        <v>reneau</v>
+        <v>douggiefreshdg</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>DNF</v>
       </c>
       <c r="D18" t="str">
-        <v>Doug macdonald</v>
+        <v xml:space="preserve">Chad </v>
       </c>
       <c r="E18">
-        <v>4</v>
+        <v>-9</v>
       </c>
       <c r="F18">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="H18" t="str">
-        <v>douggiefreshdg</v>
+        <v>reneau</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>DNF</v>
       </c>
       <c r="D19" t="str">
         <v>Kevin Huisman</v>
       </c>
       <c r="E19">
         <v>2</v>
       </c>
       <c r="F19">
         <v>56</v>
       </c>
       <c r="H19" t="str">