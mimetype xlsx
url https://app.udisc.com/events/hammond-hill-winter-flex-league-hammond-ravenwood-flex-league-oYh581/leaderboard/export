--- v0 (2025-12-16)
+++ v1 (2026-01-13)
@@ -1669,101 +1669,104 @@
       </c>
       <c r="H35" t="str">
         <v>drdanky</v>
       </c>
       <c r="I35">
         <v>4</v>
       </c>
       <c r="J35">
         <v>0</v>
       </c>
       <c r="K35">
         <v>58</v>
       </c>
       <c r="L35">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>DNF</v>
       </c>
       <c r="D36" t="str">
-        <v xml:space="preserve">Chad </v>
+        <v>Doug macdonald</v>
       </c>
       <c r="E36">
-        <v>-11</v>
+        <v>0</v>
       </c>
       <c r="F36">
-        <v>43</v>
+        <v>54</v>
+      </c>
+      <c r="G36">
+        <v>319385</v>
       </c>
       <c r="H36" t="str">
-        <v>reneau</v>
+        <v>douggiefreshdg</v>
       </c>
       <c r="I36">
-        <v>-11</v>
+        <v>0</v>
       </c>
       <c r="J36">
         <v>0</v>
       </c>
       <c r="K36">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="L36">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>DNF</v>
       </c>
       <c r="D37" t="str">
-        <v>Doug macdonald</v>
+        <v xml:space="preserve">Chad </v>
       </c>
       <c r="E37">
-        <v>0</v>
+        <v>-11</v>
       </c>
       <c r="F37">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="H37" t="str">
-        <v>douggiefreshdg</v>
+        <v>reneau</v>
       </c>
       <c r="I37">
-        <v>0</v>
+        <v>-11</v>
       </c>
       <c r="J37">
         <v>0</v>
       </c>
       <c r="K37">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="L37">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>DNF</v>
       </c>
       <c r="D38" t="str">
         <v>Kevin Huisman</v>
       </c>
       <c r="E38">
         <v>-6</v>
       </c>
       <c r="F38">
         <v>48</v>
       </c>
       <c r="H38" t="str">
         <v>kevinhuisman</v>
       </c>
       <c r="I38">
@@ -4907,50 +4910,53 @@
       <c r="AA33">
         <v>4</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>T32</v>
       </c>
       <c r="C34">
         <v>32</v>
       </c>
       <c r="D34" t="str">
         <v>Doug macdonald</v>
       </c>
       <c r="E34">
         <v>0</v>
       </c>
       <c r="F34">
         <v>54</v>
+      </c>
+      <c r="G34">
+        <v>319385</v>
       </c>
       <c r="H34" t="str">
         <v>douggiefreshdg</v>
       </c>
       <c r="I34">
         <v>0</v>
       </c>
       <c r="J34">
         <v>54</v>
       </c>
       <c r="K34">
         <v>2</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>4</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
@@ -6845,86 +6851,89 @@
       </c>
       <c r="F35">
         <v>58</v>
       </c>
       <c r="G35">
         <v>302773</v>
       </c>
       <c r="H35" t="str">
         <v>drdanky</v>
       </c>
       <c r="I35">
         <v>0</v>
       </c>
       <c r="J35">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>DNF</v>
       </c>
       <c r="D36" t="str">
-        <v xml:space="preserve">Chad </v>
+        <v>Doug macdonald</v>
       </c>
       <c r="E36">
-        <v>-11</v>
+        <v>0</v>
       </c>
       <c r="F36">
-        <v>43</v>
+        <v>54</v>
+      </c>
+      <c r="G36">
+        <v>319385</v>
       </c>
       <c r="H36" t="str">
-        <v>reneau</v>
+        <v>douggiefreshdg</v>
       </c>
       <c r="I36">
         <v>0</v>
       </c>
       <c r="J36">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>DNF</v>
       </c>
       <c r="D37" t="str">
-        <v>Doug macdonald</v>
+        <v xml:space="preserve">Chad </v>
       </c>
       <c r="E37">
-        <v>0</v>
+        <v>-11</v>
       </c>
       <c r="F37">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="H37" t="str">
-        <v>douggiefreshdg</v>
+        <v>reneau</v>
       </c>
       <c r="I37">
         <v>0</v>
       </c>
       <c r="J37">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>DNF</v>
       </c>
       <c r="D38" t="str">
         <v>Kevin Huisman</v>
       </c>
       <c r="E38">
         <v>-6</v>
       </c>
       <c r="F38">
         <v>48</v>
       </c>
       <c r="H38" t="str">