--- v0 (2025-11-19)
+++ v1 (2026-01-12)
@@ -1217,197 +1217,200 @@
       </c>
       <c r="H22" t="str">
         <v>drdanky</v>
       </c>
       <c r="I22">
         <v>4</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
       <c r="K22">
         <v>58</v>
       </c>
       <c r="L22">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>DNF</v>
       </c>
       <c r="D23" t="str">
-        <v>AllisonMooney</v>
+        <v>Doug macdonald</v>
       </c>
       <c r="E23">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F23">
-        <v>60</v>
+        <v>54</v>
+      </c>
+      <c r="G23">
+        <v>319385</v>
       </c>
       <c r="H23" t="str">
-        <v>allisont1325</v>
+        <v>douggiefreshdg</v>
       </c>
       <c r="I23">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J23">
         <v>0</v>
       </c>
       <c r="K23">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="L23">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>DNF</v>
       </c>
       <c r="D24" t="str">
-        <v>Ashley Spicher</v>
+        <v>AllisonMooney</v>
       </c>
       <c r="E24">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F24">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="H24" t="str">
-        <v>munkers</v>
+        <v>allisont1325</v>
       </c>
       <c r="I24">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J24">
         <v>0</v>
       </c>
       <c r="K24">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="L24">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>DNF</v>
       </c>
       <c r="D25" t="str">
-        <v>Brandon W Fitzpatrick</v>
+        <v>Ashley Spicher</v>
       </c>
       <c r="E25">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F25">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="H25" t="str">
-        <v>brandon72185</v>
+        <v>munkers</v>
       </c>
       <c r="I25">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J25">
         <v>0</v>
       </c>
       <c r="K25">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="L25">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>DNF</v>
       </c>
       <c r="D26" t="str">
-        <v xml:space="preserve">Chad </v>
+        <v>Brandon W Fitzpatrick</v>
       </c>
       <c r="E26">
-        <v>-15</v>
+        <v>2</v>
       </c>
       <c r="F26">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="H26" t="str">
-        <v>reneau</v>
+        <v>brandon72185</v>
       </c>
       <c r="I26">
-        <v>-15</v>
+        <v>2</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
       <c r="K26">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="L26">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>DNF</v>
       </c>
       <c r="D27" t="str">
-        <v>Doug macdonald</v>
+        <v xml:space="preserve">Chad </v>
       </c>
       <c r="E27">
-        <v>0</v>
+        <v>-15</v>
       </c>
       <c r="F27">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="H27" t="str">
-        <v>douggiefreshdg</v>
+        <v>reneau</v>
       </c>
       <c r="I27">
-        <v>0</v>
+        <v>-15</v>
       </c>
       <c r="J27">
         <v>0</v>
       </c>
       <c r="K27">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="L27">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>DNF</v>
       </c>
       <c r="D28" t="str">
         <v>Kevin Huisman</v>
       </c>
       <c r="E28">
         <v>-4</v>
       </c>
       <c r="F28">
         <v>50</v>
       </c>
       <c r="H28" t="str">
         <v>kevinhuisman</v>
       </c>
       <c r="I28">
@@ -3839,197 +3842,200 @@
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T18</v>
       </c>
       <c r="C22">
         <v>18</v>
       </c>
       <c r="D22" t="str">
-        <v>Ashley Spicher</v>
+        <v>Doug macdonald</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
         <v>54</v>
       </c>
+      <c r="G22">
+        <v>319385</v>
+      </c>
       <c r="H22" t="str">
-        <v>munkers</v>
+        <v>douggiefreshdg</v>
       </c>
       <c r="I22">
         <v>0</v>
       </c>
       <c r="J22">
         <v>54</v>
       </c>
       <c r="K22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N22">
         <v>2</v>
       </c>
       <c r="O22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
         <v>2</v>
       </c>
       <c r="T22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
         <v>4</v>
       </c>
       <c r="W22">
         <v>4</v>
       </c>
       <c r="X22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y22">
         <v>3</v>
       </c>
       <c r="Z22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T18</v>
       </c>
       <c r="C23">
         <v>18</v>
       </c>
       <c r="D23" t="str">
-        <v>Doug macdonald</v>
+        <v>Ashley Spicher</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
       <c r="F23">
         <v>54</v>
       </c>
       <c r="H23" t="str">
-        <v>douggiefreshdg</v>
+        <v>munkers</v>
       </c>
       <c r="I23">
         <v>0</v>
       </c>
       <c r="J23">
         <v>54</v>
       </c>
       <c r="K23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N23">
         <v>2</v>
       </c>
       <c r="O23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23">
         <v>2</v>
       </c>
       <c r="T23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U23">
         <v>3</v>
       </c>
       <c r="V23">
         <v>4</v>
       </c>
       <c r="W23">
         <v>4</v>
       </c>
       <c r="X23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA23">
         <v>3</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>T18</v>
       </c>
       <c r="C24">
         <v>18</v>
       </c>
       <c r="D24" t="str">
         <v>Sebastian Fyock-Williams</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
@@ -5900,164 +5906,167 @@
       </c>
       <c r="F22">
         <v>58</v>
       </c>
       <c r="G22">
         <v>302773</v>
       </c>
       <c r="H22" t="str">
         <v>drdanky</v>
       </c>
       <c r="I22">
         <v>0</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>DNF</v>
       </c>
       <c r="D23" t="str">
-        <v>AllisonMooney</v>
+        <v>Doug macdonald</v>
       </c>
       <c r="E23">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F23">
-        <v>60</v>
+        <v>54</v>
+      </c>
+      <c r="G23">
+        <v>319385</v>
       </c>
       <c r="H23" t="str">
-        <v>allisont1325</v>
+        <v>douggiefreshdg</v>
       </c>
       <c r="I23">
         <v>0</v>
       </c>
       <c r="J23">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>DNF</v>
       </c>
       <c r="D24" t="str">
-        <v>Ashley Spicher</v>
+        <v>AllisonMooney</v>
       </c>
       <c r="E24">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F24">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="H24" t="str">
-        <v>munkers</v>
+        <v>allisont1325</v>
       </c>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>DNF</v>
       </c>
       <c r="D25" t="str">
-        <v>Brandon W Fitzpatrick</v>
+        <v>Ashley Spicher</v>
       </c>
       <c r="E25">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F25">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="H25" t="str">
-        <v>brandon72185</v>
+        <v>munkers</v>
       </c>
       <c r="I25">
         <v>0</v>
       </c>
       <c r="J25">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>DNF</v>
       </c>
       <c r="D26" t="str">
-        <v xml:space="preserve">Chad </v>
+        <v>Brandon W Fitzpatrick</v>
       </c>
       <c r="E26">
-        <v>-15</v>
+        <v>2</v>
       </c>
       <c r="F26">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="H26" t="str">
-        <v>reneau</v>
+        <v>brandon72185</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>DNF</v>
       </c>
       <c r="D27" t="str">
-        <v>Doug macdonald</v>
+        <v xml:space="preserve">Chad </v>
       </c>
       <c r="E27">
-        <v>0</v>
+        <v>-15</v>
       </c>
       <c r="F27">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="H27" t="str">
-        <v>douggiefreshdg</v>
+        <v>reneau</v>
       </c>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="J27">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>DNF</v>
       </c>
       <c r="D28" t="str">
         <v>Kevin Huisman</v>
       </c>
       <c r="E28">
         <v>-4</v>
       </c>
       <c r="F28">
         <v>50</v>
       </c>
       <c r="H28" t="str">