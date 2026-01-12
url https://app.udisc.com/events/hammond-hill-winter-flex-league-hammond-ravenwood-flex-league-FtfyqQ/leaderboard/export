--- v0 (2025-11-19)
+++ v1 (2026-01-12)
@@ -1567,197 +1567,200 @@
       </c>
       <c r="H32" t="str">
         <v>d9huis</v>
       </c>
       <c r="I32">
         <v>-7</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
       <c r="K32">
         <v>47</v>
       </c>
       <c r="L32">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>DNF</v>
       </c>
       <c r="D33" t="str">
-        <v>AllisonMooney</v>
+        <v>Doug macdonald</v>
       </c>
       <c r="E33">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F33">
-        <v>60</v>
+        <v>56</v>
+      </c>
+      <c r="G33">
+        <v>319385</v>
       </c>
       <c r="H33" t="str">
-        <v>allisont1325</v>
+        <v>douggiefreshdg</v>
       </c>
       <c r="I33">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="J33">
         <v>0</v>
       </c>
       <c r="K33">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="L33">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>DNF</v>
       </c>
       <c r="D34" t="str">
-        <v>Ashley Spicher</v>
+        <v>AllisonMooney</v>
       </c>
       <c r="E34">
-        <v>-4</v>
+        <v>6</v>
       </c>
       <c r="F34">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="H34" t="str">
-        <v>munkers</v>
+        <v>allisont1325</v>
       </c>
       <c r="I34">
-        <v>-4</v>
+        <v>6</v>
       </c>
       <c r="J34">
         <v>0</v>
       </c>
       <c r="K34">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="L34">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>DNF</v>
       </c>
       <c r="D35" t="str">
-        <v>Brandon W Fitzpatrick</v>
+        <v>Ashley Spicher</v>
       </c>
       <c r="E35">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="F35">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H35" t="str">
-        <v>brandon72185</v>
+        <v>munkers</v>
       </c>
       <c r="I35">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="J35">
         <v>0</v>
       </c>
       <c r="K35">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="L35">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>DNF</v>
       </c>
       <c r="D36" t="str">
-        <v>Dalton Young</v>
+        <v>Brandon W Fitzpatrick</v>
       </c>
       <c r="E36">
-        <v>-11</v>
+        <v>1</v>
       </c>
       <c r="F36">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="H36" t="str">
-        <v>doofer</v>
+        <v>brandon72185</v>
       </c>
       <c r="I36">
-        <v>-11</v>
+        <v>1</v>
       </c>
       <c r="J36">
         <v>0</v>
       </c>
       <c r="K36">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="L36">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>DNF</v>
       </c>
       <c r="D37" t="str">
-        <v>Doug macdonald</v>
+        <v>Dalton Young</v>
       </c>
       <c r="E37">
-        <v>2</v>
+        <v>-11</v>
       </c>
       <c r="F37">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="H37" t="str">
-        <v>douggiefreshdg</v>
+        <v>doofer</v>
       </c>
       <c r="I37">
-        <v>2</v>
+        <v>-11</v>
       </c>
       <c r="J37">
         <v>0</v>
       </c>
       <c r="K37">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="L37">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>DNF</v>
       </c>
       <c r="D38" t="str">
         <v>Nate Davis</v>
       </c>
       <c r="E38">
         <v>4</v>
       </c>
       <c r="F38">
         <v>58</v>
       </c>
       <c r="H38" t="str">
         <v>natedavis11</v>
       </c>
       <c r="I38">
@@ -4853,50 +4856,53 @@
       <c r="AA34">
         <v>3</v>
       </c>
       <c r="AB34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T33</v>
       </c>
       <c r="C35">
         <v>33</v>
       </c>
       <c r="D35" t="str">
         <v>Doug macdonald</v>
       </c>
       <c r="E35">
         <v>2</v>
       </c>
       <c r="F35">
         <v>56</v>
+      </c>
+      <c r="G35">
+        <v>319385</v>
       </c>
       <c r="H35" t="str">
         <v>douggiefreshdg</v>
       </c>
       <c r="I35">
         <v>2</v>
       </c>
       <c r="J35">
         <v>56</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35">
         <v>2</v>
       </c>
       <c r="M35">
         <v>2</v>
       </c>
       <c r="N35">
         <v>3</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
@@ -6505,164 +6511,167 @@
       </c>
       <c r="F32">
         <v>47</v>
       </c>
       <c r="G32">
         <v>299178</v>
       </c>
       <c r="H32" t="str">
         <v>d9huis</v>
       </c>
       <c r="I32">
         <v>0</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>DNF</v>
       </c>
       <c r="D33" t="str">
-        <v>AllisonMooney</v>
+        <v>Doug macdonald</v>
       </c>
       <c r="E33">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F33">
-        <v>60</v>
+        <v>56</v>
+      </c>
+      <c r="G33">
+        <v>319385</v>
       </c>
       <c r="H33" t="str">
-        <v>allisont1325</v>
+        <v>douggiefreshdg</v>
       </c>
       <c r="I33">
         <v>0</v>
       </c>
       <c r="J33">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>DNF</v>
       </c>
       <c r="D34" t="str">
-        <v>Ashley Spicher</v>
+        <v>AllisonMooney</v>
       </c>
       <c r="E34">
-        <v>-4</v>
+        <v>6</v>
       </c>
       <c r="F34">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="H34" t="str">
-        <v>munkers</v>
+        <v>allisont1325</v>
       </c>
       <c r="I34">
         <v>0</v>
       </c>
       <c r="J34">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>DNF</v>
       </c>
       <c r="D35" t="str">
-        <v>Brandon W Fitzpatrick</v>
+        <v>Ashley Spicher</v>
       </c>
       <c r="E35">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="F35">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H35" t="str">
-        <v>brandon72185</v>
+        <v>munkers</v>
       </c>
       <c r="I35">
         <v>0</v>
       </c>
       <c r="J35">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>DNF</v>
       </c>
       <c r="D36" t="str">
-        <v>Dalton Young</v>
+        <v>Brandon W Fitzpatrick</v>
       </c>
       <c r="E36">
-        <v>-11</v>
+        <v>1</v>
       </c>
       <c r="F36">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="H36" t="str">
-        <v>doofer</v>
+        <v>brandon72185</v>
       </c>
       <c r="I36">
         <v>0</v>
       </c>
       <c r="J36">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>DNF</v>
       </c>
       <c r="D37" t="str">
-        <v>Doug macdonald</v>
+        <v>Dalton Young</v>
       </c>
       <c r="E37">
-        <v>2</v>
+        <v>-11</v>
       </c>
       <c r="F37">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="H37" t="str">
-        <v>douggiefreshdg</v>
+        <v>doofer</v>
       </c>
       <c r="I37">
         <v>0</v>
       </c>
       <c r="J37">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>DNF</v>
       </c>
       <c r="D38" t="str">
         <v>Nate Davis</v>
       </c>
       <c r="E38">
         <v>4</v>
       </c>
       <c r="F38">
         <v>58</v>
       </c>
       <c r="H38" t="str">