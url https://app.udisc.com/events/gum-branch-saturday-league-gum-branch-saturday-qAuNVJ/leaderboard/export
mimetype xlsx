--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1407,51 +1407,51 @@
       </c>
     </row>
     <row r="11">
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>5</v>
       </c>
       <c r="G11">
         <v>5</v>
       </c>
       <c r="H11" t="str">
         <v>Rob Engle</v>
       </c>
       <c r="I11">
         <v>9</v>
       </c>
       <c r="J11">
         <v>65</v>
       </c>
       <c r="K11">
         <v>16963</v>
       </c>
       <c r="L11" t="str">
-        <v>re16963</v>
+        <v>robengle</v>
       </c>
       <c r="M11">
         <v>9</v>
       </c>
       <c r="N11">
         <v>65</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
         <v>4</v>
       </c>
       <c r="R11">
         <v>5</v>
       </c>
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">
         <v>2</v>
       </c>