--- v0 (2025-10-20)
+++ v1 (2026-01-12)
@@ -2782,50 +2782,53 @@
         <v>leerekab</v>
       </c>
       <c r="I28">
         <v>0</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>HCAP</v>
       </c>
       <c r="B29" t="str">
         <v>DNF</v>
       </c>
       <c r="D29" t="str">
         <v>Tom Baker</v>
       </c>
       <c r="E29">
         <v>0</v>
       </c>
       <c r="F29">
         <v>0</v>
       </c>
+      <c r="G29">
+        <v>315378</v>
+      </c>
       <c r="H29" t="str">
         <v>tombaker</v>
       </c>
       <c r="I29">
         <v>0</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>OPEN</v>
       </c>
       <c r="B30" t="str">
         <v>1</v>
       </c>
       <c r="C30">
         <v>1</v>
       </c>
       <c r="D30" t="str">
         <v>Robert Lim</v>
       </c>
       <c r="E30">
         <v>-4</v>