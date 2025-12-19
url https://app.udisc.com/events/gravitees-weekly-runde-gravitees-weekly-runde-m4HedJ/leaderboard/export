--- v0 (2025-11-09)
+++ v1 (2025-12-19)
@@ -893,846 +893,843 @@
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Jan Förster</v>
+        <v>Garrett Hubing</v>
       </c>
       <c r="E6">
         <v>2</v>
       </c>
       <c r="F6">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G6">
-        <v>150676</v>
+        <v>193245</v>
       </c>
       <c r="H6" t="str">
-        <v>janförster</v>
+        <v>ghubing</v>
       </c>
       <c r="I6">
         <v>2</v>
       </c>
       <c r="J6">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="K6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="AC6">
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Garrett Hubing</v>
+        <v>Tomik Holly</v>
       </c>
       <c r="E7">
         <v>2</v>
       </c>
       <c r="F7">
         <v>64</v>
       </c>
-      <c r="G7">
-[...1 lines deleted...]
-      </c>
       <c r="H7" t="str">
-        <v>ghubing</v>
+        <v>tomikhly</v>
       </c>
       <c r="I7">
         <v>2</v>
       </c>
       <c r="J7">
         <v>64</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V7">
         <v>4</v>
       </c>
       <c r="W7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T5</v>
+        <v>T7</v>
       </c>
       <c r="C8">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Tomik Holly</v>
+        <v xml:space="preserve">Jörg Müller </v>
       </c>
       <c r="E8">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F8">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="H8" t="str">
-        <v>tomikhly</v>
+        <v>jörgmüller</v>
       </c>
       <c r="I8">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J8">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="K8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L8">
         <v>5</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O8">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>
       <c r="Q8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>4</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X8">
         <v>4</v>
       </c>
       <c r="Y8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>T8</v>
+        <v>T7</v>
       </c>
       <c r="C9">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v xml:space="preserve">Jörg Müller </v>
+        <v>michajuengling</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
         <v>67</v>
       </c>
       <c r="H9" t="str">
-        <v>jörgmüller</v>
+        <v>michajuengling</v>
       </c>
       <c r="I9">
         <v>5</v>
       </c>
       <c r="J9">
         <v>67</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L9">
         <v>5</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O9">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X9">
         <v>4</v>
       </c>
       <c r="Y9">
         <v>4</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>T8</v>
+        <v>9</v>
       </c>
       <c r="C10">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>michajuengling</v>
+        <v>Fjon Müller</v>
       </c>
       <c r="E10">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F10">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="H10" t="str">
-        <v>michajuengling</v>
+        <v>fjonmueller</v>
       </c>
       <c r="I10">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="J10">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="K10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>5</v>
       </c>
       <c r="P10">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Q10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y10">
         <v>4</v>
       </c>
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
         <v>2</v>
       </c>
       <c r="AB10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AC10">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Fjon Müller</v>
+        <v xml:space="preserve">IlianMüller </v>
       </c>
       <c r="E11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F11">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H11" t="str">
-        <v>fjonmueller</v>
+        <v>ilianmüller</v>
       </c>
       <c r="I11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J11">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K11">
         <v>4</v>
       </c>
       <c r="L11">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>5</v>
       </c>
       <c r="P11">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>4</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>4</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y11">
         <v>4</v>
       </c>
       <c r="Z11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB11">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AC11">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v xml:space="preserve">IlianMüller </v>
+        <v xml:space="preserve">Stefan Süshardt </v>
       </c>
       <c r="E12">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="F12">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="H12" t="str">
-        <v>ilianmüller</v>
+        <v>diegoalatriste</v>
       </c>
       <c r="I12">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="J12">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O12">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="P12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="V12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W12">
         <v>4</v>
       </c>
       <c r="X12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC12">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v xml:space="preserve">Stefan Süshardt </v>
+        <v>Luca Brück</v>
       </c>
       <c r="E13">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F13">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="H13" t="str">
-        <v>diegoalatriste</v>
+        <v>lueb90</v>
       </c>
       <c r="I13">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="J13">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="K13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L13">
+        <v>4</v>
+      </c>
+      <c r="M13">
+        <v>4</v>
+      </c>
+      <c r="N13">
+        <v>3</v>
+      </c>
+      <c r="O13">
         <v>6</v>
       </c>
-      <c r="M13">
-[...5 lines deleted...]
-      <c r="O13">
+      <c r="P13">
         <v>7</v>
       </c>
-      <c r="P13">
-[...1 lines deleted...]
-      </c>
       <c r="Q13">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R13">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="S13">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
+        <v>4</v>
+      </c>
+      <c r="V13">
+        <v>3</v>
+      </c>
+      <c r="W13">
         <v>6</v>
       </c>
-      <c r="V13">
-[...4 lines deleted...]
-      </c>
       <c r="X13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y13">
         <v>5</v>
       </c>
       <c r="Z13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC13">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>DNF</v>
       </c>
       <c r="D14" t="str">
-        <v>Luca Brück</v>
+        <v>Lisa Maihöfer</v>
       </c>
       <c r="E14">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="F14">
-        <v>86</v>
+        <v>9</v>
       </c>
       <c r="H14" t="str">
-        <v>lueb90</v>
+        <v>lizzle</v>
       </c>
       <c r="I14">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="J14">
-        <v>86</v>
+        <v>9</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L14">
-        <v>4</v>
-[...50 lines deleted...]
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>DNF</v>
       </c>
       <c r="D15" t="str">
-        <v>Lisa Maihöfer</v>
+        <v>Jan Förster</v>
       </c>
       <c r="E15">
         <v>2</v>
       </c>
       <c r="F15">
-        <v>9</v>
+        <v>61</v>
+      </c>
+      <c r="G15">
+        <v>150676</v>
       </c>
       <c r="H15" t="str">
-        <v>lizzle</v>
+        <v>janförster</v>
       </c>
       <c r="I15">
         <v>2</v>
       </c>
       <c r="J15">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="K15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L15">
-        <v>5</v>
+        <v>4</v>
+      </c>
+      <c r="M15">
+        <v>3</v>
+      </c>
+      <c r="N15">
+        <v>2</v>
+      </c>
+      <c r="O15">
+        <v>5</v>
+      </c>
+      <c r="P15">
+        <v>4</v>
+      </c>
+      <c r="Q15">
+        <v>3</v>
+      </c>
+      <c r="R15">
+        <v>4</v>
+      </c>
+      <c r="S15">
+        <v>3</v>
+      </c>
+      <c r="T15">
+        <v>3</v>
+      </c>
+      <c r="U15">
+        <v>5</v>
+      </c>
+      <c r="V15">
+        <v>2</v>
+      </c>
+      <c r="W15">
+        <v>5</v>
+      </c>
+      <c r="X15">
+        <v>3</v>
+      </c>
+      <c r="Y15">
+        <v>3</v>
+      </c>
+      <c r="Z15">
+        <v>2</v>
+      </c>
+      <c r="AA15">
+        <v>4</v>
+      </c>
+      <c r="AB15">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>