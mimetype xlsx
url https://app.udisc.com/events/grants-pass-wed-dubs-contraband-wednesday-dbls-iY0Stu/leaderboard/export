--- v0 (2025-11-11)
+++ v1 (2025-12-24)
@@ -737,51 +737,51 @@
       </c>
       <c r="AD3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>maggss c &amp; Pat galloway</v>
       </c>
       <c r="E4">
         <v>3</v>
       </c>
       <c r="F4">
         <v>69</v>
       </c>
       <c r="H4" t="str">
-        <v>maggss88,phatfishsilly17</v>
+        <v>magitron,phatfishsilly17</v>
       </c>
       <c r="I4">
         <v>3</v>
       </c>
       <c r="J4">
         <v>69</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>5</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>5</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>5</v>
       </c>