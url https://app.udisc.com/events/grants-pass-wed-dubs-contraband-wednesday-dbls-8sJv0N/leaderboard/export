--- v0 (2025-11-11)
+++ v1 (2025-12-24)
@@ -1360,51 +1360,51 @@
       </c>
       <c r="AD10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
         <v>Nathan Mirizio &amp; maggss c</v>
       </c>
       <c r="E11">
         <v>-6</v>
       </c>
       <c r="F11">
         <v>60</v>
       </c>
       <c r="H11" t="str">
-        <v>n45tynate,maggss88</v>
+        <v>n45tynate,magitron</v>
       </c>
       <c r="I11">
         <v>-6</v>
       </c>
       <c r="J11">
         <v>60</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>