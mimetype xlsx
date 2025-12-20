--- v0 (2025-11-29)
+++ v1 (2025-12-20)
@@ -1903,51 +1903,51 @@
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MENS</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
         <v>Jacob sebold</v>
       </c>
       <c r="E18">
         <v>7</v>
       </c>
       <c r="F18">
         <v>61</v>
       </c>
       <c r="H18" t="str">
-        <v>dischippi3</v>
+        <v>dischippi369</v>
       </c>
       <c r="I18">
         <v>7</v>
       </c>
       <c r="J18">
         <v>61</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>