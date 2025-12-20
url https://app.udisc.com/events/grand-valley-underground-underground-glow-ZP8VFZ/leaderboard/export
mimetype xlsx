--- v0 (2025-11-29)
+++ v1 (2025-12-20)
@@ -1150,51 +1150,51 @@
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MENS</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Jacob sebold</v>
       </c>
       <c r="E9">
         <v>-6</v>
       </c>
       <c r="F9">
         <v>48</v>
       </c>
       <c r="H9" t="str">
-        <v>dischippi3</v>
+        <v>dischippi369</v>
       </c>
       <c r="I9">
         <v>-6</v>
       </c>
       <c r="J9">
         <v>48</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>2</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>